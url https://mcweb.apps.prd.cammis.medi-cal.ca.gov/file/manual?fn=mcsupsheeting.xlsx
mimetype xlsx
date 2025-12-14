--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="23127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dxcportal-my.sharepoint.com/personal/hcruze_dxc_com/Documents/Documents/_Refresh/Refresh Pool/03.2021/Batch Files/Part 1, Part 2 Batch 6/Part 2 Batch 6/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mygainwell-my.sharepoint.com/personal/alunsford_gainwelltechnologies_com/Documents/Pubs Docs/_Refresh/Refresh Pool/_11.2025/Batch Files/Part 2/Batch 3/Batch 3/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="40" documentId="13_ncr:1_{D7C4C1F6-59E1-4AA7-8CE1-B6A28736F6B8}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{AA48776E-6B23-45D7-8AC3-4548FC81D535}"/>
+  <xr:revisionPtr revIDLastSave="68" documentId="8_{32132567-1F0C-4EE1-B927-599DDA6DF7C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{83705C9B-9466-421F-A8F4-E91C40BE6F95}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2340" yWindow="2340" windowWidth="19665" windowHeight="9660" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Waterproof Sheeting" sheetId="1" r:id="rId1"/>
     <sheet name="Waterproof Sheeting Deletions" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="ColumnTitleRegion1.A3.J4.2" localSheetId="0">Waterproof_Sheeting[[#Headers],[Manufacturer  ]]</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Waterproof Sheeting Deletions'!$A$1:$J$4</definedName>
+    <definedName name="ColumnTitleRegion1.A3.J6.2" localSheetId="0">Waterproof_Sheeting[[#Headers],[Manufacturer  ]]</definedName>
+    <definedName name="ColumnTitleRegion1.A3.K8.1" localSheetId="1">Waterproof_Sheeting_Deletions[[#Headers],[Manufacturer  ]]</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Waterproof Sheeting'!$A$1:$K$8</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Waterproof Sheeting Deletions'!$A$1:$J$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Waterproof Sheeting'!$1:$3</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Waterproof Sheeting Deletions'!$1:$3</definedName>
   </definedNames>
-  <calcPr calcId="162913" concurrentCalc="0"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="47">
   <si>
     <t xml:space="preserve">Manufacturer  </t>
   </si>
   <si>
     <t>Product Description</t>
   </si>
   <si>
     <t>Item Number (reference only)</t>
   </si>
   <si>
     <t>UPN Qualifier</t>
   </si>
   <si>
     <t xml:space="preserve">UPN </t>
   </si>
   <si>
     <t xml:space="preserve">Billing Code (HCPCS) </t>
   </si>
   <si>
     <t>MAC and MAPC per UOM</t>
   </si>
   <si>
     <t xml:space="preserve"> UOM</t>
   </si>
   <si>
@@ -254,59 +255,62 @@
   </si>
   <si>
     <t>AHX3975WSP-1</t>
   </si>
   <si>
     <t>AHX3680WSP-1</t>
   </si>
   <si>
     <t>UK</t>
   </si>
   <si>
     <t>00858859007448</t>
   </si>
   <si>
     <t>00858859007424</t>
   </si>
   <si>
     <t>Product Added</t>
   </si>
   <si>
     <t>March 2021</t>
   </si>
   <si>
     <t>List of Contracted Waterproof Sheeting Deletions</t>
   </si>
+  <si>
+    <t>November 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -320,78 +324,84 @@
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -457,232 +467,261 @@
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="44" fontId="4" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...52 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 4" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="31">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
-[...7 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
-        <b/>
+        <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
@@ -693,57 +732,55 @@
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
-        <right style="thin">
-[...1 lines deleted...]
-        </right>
+        <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -1066,113 +1103,112 @@
         <sz val="12"/>
         <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="3" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thick">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Arial"/>
-        <scheme val="none"/>
-[...32 lines deleted...]
-        <name val="Arial"/>
+        <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
-      <fill>
-[...4 lines deleted...]
-      </fill>
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
-        <right style="thick">
-[...1 lines deleted...]
-        </right>
+        <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -1583,248 +1619,214 @@
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Waterproof_Sheeting" displayName="Waterproof_Sheeting" ref="A3:K10" totalsRowShown="0" headerRowDxfId="30" dataDxfId="28" headerRowBorderDxfId="29" tableBorderDxfId="27" totalsRowBorderDxfId="26">
-[...5 lines deleted...]
-    <sortCondition ref="D4:D10"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Waterproof_Sheeting" displayName="Waterproof_Sheeting" ref="A3:K8" totalsRowShown="0" headerRowDxfId="30" dataDxfId="28" headerRowBorderDxfId="29" tableBorderDxfId="27" totalsRowBorderDxfId="26">
+  <autoFilter ref="A3:K8" xr:uid="{00000000-0009-0000-0100-000004000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:K8">
+    <sortCondition ref="A4:A8"/>
+    <sortCondition ref="B4:B8"/>
+    <sortCondition ref="C4:C8"/>
+    <sortCondition ref="D4:D8"/>
   </sortState>
   <tableColumns count="11">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Manufacturer  " dataDxfId="25"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Product Description" dataDxfId="24"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Item Number (reference only)" dataDxfId="23"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="UPN Qualifier" dataDxfId="22"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="UPN " dataDxfId="21"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Billing Code (HCPCS) " dataDxfId="20"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="MAC and MAPC per UOM" dataDxfId="19" dataCellStyle="Currency"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name=" UOM" dataDxfId="18"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Effective Date of Change" dataDxfId="17"/>
-    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Description of Change" dataDxfId="16"/>
-    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Publication Date" dataDxfId="15"/>
+    <tableColumn id="12" xr3:uid="{2A97A751-8FBC-4669-8002-8BB29EEBA86B}" name="Description of Change" dataDxfId="16"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Publication Date" dataDxfId="15"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Waterproof_Sheeting_Deletions" displayName="Waterproof_Sheeting_Deletions" ref="A3:J4" totalsRowShown="0" headerRowDxfId="14" dataDxfId="12" headerRowBorderDxfId="13" tableBorderDxfId="11" totalsRowBorderDxfId="10">
-  <autoFilter ref="A3:J4" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Waterproof_Sheeting_Deletions" displayName="Waterproof_Sheeting_Deletions" ref="A3:J6" totalsRowShown="0" headerRowDxfId="14" dataDxfId="12" headerRowBorderDxfId="13" tableBorderDxfId="11" totalsRowBorderDxfId="10">
+  <autoFilter ref="A3:J6" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:J4">
     <sortCondition ref="A4"/>
     <sortCondition ref="B4"/>
     <sortCondition ref="C4"/>
     <sortCondition ref="D4"/>
   </sortState>
   <tableColumns count="10">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Manufacturer  " dataDxfId="9"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Product Description" dataDxfId="8"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Item Number (reference only)" dataDxfId="7"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="UPN Qualifier" dataDxfId="6"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="UPN " dataDxfId="5"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="Billing Code (HCPCS) " dataDxfId="4"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="MAC and MAPC per UOM" dataDxfId="3" dataCellStyle="Currency"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0100-000008000000}" name=" UOM" dataDxfId="2"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0100-000009000000}" name="Effective Date of Change" dataDxfId="1"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0100-00000A000000}" name="Publication Date" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1965,752 +1967,825 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K13"/>
+  <dimension ref="A1:K11"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D5" sqref="D5"/>
+      <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="65.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="18.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" style="1" customWidth="1"/>
     <col min="6" max="9" width="11.140625" style="1" customWidth="1"/>
     <col min="10" max="10" width="15.85546875" style="1" customWidth="1"/>
     <col min="11" max="11" width="14.5703125" style="3" customWidth="1"/>
     <col min="12" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="41" t="s">
+      <c r="A1" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="41"/>
-[...8 lines deleted...]
-      <c r="K1" s="41"/>
+      <c r="B1" s="45"/>
+      <c r="C1" s="45"/>
+      <c r="D1" s="45"/>
+      <c r="E1" s="45"/>
+      <c r="F1" s="45"/>
+      <c r="G1" s="45"/>
+      <c r="H1" s="45"/>
+      <c r="I1" s="45"/>
+      <c r="J1" s="45"/>
+      <c r="K1" s="45"/>
     </row>
     <row r="2" spans="1:11" ht="96.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="42" t="s">
+      <c r="A2" s="46" t="s">
         <v>33</v>
       </c>
-      <c r="B2" s="42"/>
-[...8 lines deleted...]
-      <c r="K2" s="42"/>
+      <c r="B2" s="46"/>
+      <c r="C2" s="46"/>
+      <c r="D2" s="46"/>
+      <c r="E2" s="46"/>
+      <c r="F2" s="46"/>
+      <c r="G2" s="46"/>
+      <c r="H2" s="46"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="46"/>
+      <c r="K2" s="46"/>
     </row>
     <row r="3" spans="1:11" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="26" t="s">
+      <c r="J3" s="16" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="9" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>36080</v>
+        <v>15</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>17</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="13">
-        <v>612553020840</v>
+        <v>895265002001</v>
       </c>
       <c r="F4" s="12" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="14">
         <v>22</v>
       </c>
       <c r="H4" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I4" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="J4" s="27" t="s">
+      <c r="J4" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="K4" s="16" t="s">
+      <c r="K4" s="26" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="5" spans="1:11" ht="45" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D5" s="12" t="s">
+    <row r="5" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A5" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="E5" s="13">
-        <v>612553020727</v>
+      <c r="E5" s="22">
+        <v>819992011600</v>
       </c>
       <c r="F5" s="12" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="14">
         <v>22</v>
       </c>
       <c r="H5" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="I5" s="15" t="s">
-[...5 lines deleted...]
-      <c r="K5" s="16" t="s">
+      <c r="I5" s="23">
+        <v>43862</v>
+      </c>
+      <c r="J5" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="K5" s="26" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A6" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="22">
+        <v>819992011020</v>
+      </c>
+      <c r="F6" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="14">
         <v>22</v>
       </c>
+      <c r="H6" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" s="23">
+        <v>43862</v>
+      </c>
+      <c r="J6" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="K6" s="25" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="6" spans="1:11" ht="45" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F6" s="22" t="s">
+    <row r="7" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="G6" s="24">
+      <c r="G7" s="14">
         <v>22</v>
       </c>
-      <c r="H6" s="22" t="s">
+      <c r="H7" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="I6" s="25" t="s">
-[...5 lines deleted...]
-      <c r="K6" s="37" t="s">
+      <c r="I7" s="23">
+        <v>44287</v>
+      </c>
+      <c r="J7" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" s="28" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="14">
         <v>22</v>
       </c>
+      <c r="H8" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="23">
+        <v>44287</v>
+      </c>
+      <c r="J8" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" s="28" t="s">
+        <v>44</v>
+      </c>
     </row>
-    <row r="7" spans="1:11" ht="60" x14ac:dyDescent="0.25">
-[...32 lines deleted...]
-      </c>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="E9" s="2"/>
     </row>
-    <row r="8" spans="1:11" ht="60" x14ac:dyDescent="0.25">
-[...102 lines deleted...]
-      </c>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="E10" s="2"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E11" s="2"/>
-    </row>
-[...4 lines deleted...]
-      <c r="E13" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.45" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="5" scale="77" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="5" scale="76" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;R
 mc sup sheeting</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J9"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:J1"/>
+      <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="65.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="18.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" style="1" customWidth="1"/>
     <col min="6" max="9" width="11.140625" style="1" customWidth="1"/>
     <col min="10" max="10" width="14.5703125" style="3" customWidth="1"/>
     <col min="11" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="41" t="s">
+      <c r="A1" s="45" t="s">
         <v>45</v>
       </c>
-      <c r="B1" s="41"/>
-[...7 lines deleted...]
-      <c r="J1" s="41"/>
+      <c r="B1" s="45"/>
+      <c r="C1" s="45"/>
+      <c r="D1" s="45"/>
+      <c r="E1" s="45"/>
+      <c r="F1" s="45"/>
+      <c r="G1" s="45"/>
+      <c r="H1" s="45"/>
+      <c r="I1" s="45"/>
+      <c r="J1" s="45"/>
     </row>
     <row r="2" spans="1:10" ht="96.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="42" t="s">
+      <c r="A2" s="46" t="s">
         <v>34</v>
       </c>
-      <c r="B2" s="42"/>
-[...7 lines deleted...]
-      <c r="J2" s="42"/>
+      <c r="B2" s="46"/>
+      <c r="C2" s="46"/>
+      <c r="D2" s="46"/>
+      <c r="E2" s="46"/>
+      <c r="F2" s="46"/>
+      <c r="G2" s="46"/>
+      <c r="H2" s="46"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="46"/>
     </row>
     <row r="3" spans="1:10" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="8" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A4" s="19" t="s">
+    <row r="4" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="B4" s="20" t="s">
+      <c r="B4" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="21" t="s">
+      <c r="C4" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="22" t="s">
+      <c r="D4" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="23">
+      <c r="E4" s="13">
         <v>895265002018</v>
       </c>
-      <c r="F4" s="22" t="s">
+      <c r="F4" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="G4" s="24">
+      <c r="G4" s="14">
         <v>22</v>
       </c>
-      <c r="H4" s="22" t="s">
+      <c r="H4" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="I4" s="17">
+      <c r="I4" s="23">
         <v>43922</v>
       </c>
-      <c r="J4" s="18" t="s">
+      <c r="J4" s="26" t="s">
         <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="31">
+        <v>36080</v>
+      </c>
+      <c r="D5" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="33">
+        <v>612553020840</v>
+      </c>
+      <c r="F5" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="34">
+        <v>22</v>
+      </c>
+      <c r="H5" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="36">
+        <v>46054</v>
+      </c>
+      <c r="J5" s="37" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="38" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" s="40">
+        <v>39075</v>
+      </c>
+      <c r="D6" s="41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="42">
+        <v>612553020727</v>
+      </c>
+      <c r="F6" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="43">
+        <v>22</v>
+      </c>
+      <c r="H6" s="44" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" s="36">
+        <v>46054</v>
+      </c>
+      <c r="J6" s="37" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="E7" s="2"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="E8" s="2"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="E9" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
+  <phoneticPr fontId="9" type="noConversion"/>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.45" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="82" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;R
 mc sup sheeting</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="OIL Documents" ma:contentTypeID="0x010100225A30758F9E804081701BC7E24F74D00300A40961A4237D9B4ABAC13C11470C314C" ma:contentTypeVersion="19" ma:contentTypeDescription="OIL Documents" ma:contentTypeScope="" ma:versionID="ab72698b2bc9d9a414102f324c55a122">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="94c75a61-bb3e-4c56-80bc-d22953026855" xmlns:ns3="6924f438-28b6-4001-8f02-ec9c9e4f0cef" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="763f538625223fca758b5445a16367ed" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="OIL Documents" ma:contentTypeID="0x010100225A30758F9E804081701BC7E24F74D00300A40961A4237D9B4ABAC13C11470C314C" ma:contentTypeVersion="25" ma:contentTypeDescription="OIL Documents" ma:contentTypeScope="" ma:versionID="9954aeee8c25db47a13e670c13264df5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="94c75a61-bb3e-4c56-80bc-d22953026855" xmlns:ns3="6924f438-28b6-4001-8f02-ec9c9e4f0cef" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2517478bc62ee90ec397b8ec6c7eef24" ns2:_="" ns3:_="" ns5:_="">
     <xsd:import namespace="94c75a61-bb3e-4c56-80bc-d22953026855"/>
     <xsd:import namespace="6924f438-28b6-4001-8f02-ec9c9e4f0cef"/>
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Project_x0020_Document_x0020_Category"/>
                 <xsd:element ref="ns3:Document_x0020_Subtype" minOccurs="0"/>
+                <xsd:element ref="ns2:Document_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Approval_x0020_Status" minOccurs="0"/>
-                <xsd:element ref="ns2:Document_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:OIL_x0020_Project_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:OIL_x0020_Project_x0020_Name_x003a_ID" minOccurs="0"/>
+                <xsd:element ref="ns2:Workflow_x0020_History_x0020_Description" minOccurs="0"/>
+                <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="94c75a61-bb3e-4c56-80bc-d22953026855" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Project_x0020_Document_x0020_Category" ma:index="3" ma:displayName="Document Type" ma:description="Document Type" ma:format="Dropdown" ma:internalName="Project_x0020_Document_x0020_Category" ma:readOnly="false">
+    <xsd:element name="Project_x0020_Document_x0020_Category" ma:index="2" ma:displayName="Document Type" ma:description="Document Type" ma:format="Dropdown" ma:internalName="Project_x0020_Document_x0020_Category" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Agenda"/>
+          <xsd:enumeration value="AIA"/>
           <xsd:enumeration value="Analysis"/>
+          <xsd:enumeration value="ATG (Suspense)"/>
           <xsd:enumeration value="Change Request"/>
           <xsd:enumeration value="Charter"/>
           <xsd:enumeration value="Confidential"/>
           <xsd:enumeration value="Correspondence"/>
+          <xsd:enumeration value="CPL (Suspense)"/>
           <xsd:enumeration value="CRF"/>
           <xsd:enumeration value="Deliverable"/>
+          <xsd:enumeration value="Edit Criteria (Suspense)"/>
           <xsd:enumeration value="Enclosure"/>
           <xsd:enumeration value="Guideline"/>
           <xsd:enumeration value="Invoice"/>
           <xsd:enumeration value="Letter"/>
           <xsd:enumeration value="Log"/>
           <xsd:enumeration value="Manual"/>
           <xsd:enumeration value="Minutes"/>
           <xsd:enumeration value="NetOps"/>
           <xsd:enumeration value="PRP"/>
           <xsd:enumeration value="Publications Correspondence"/>
           <xsd:enumeration value="Publications Deliverables"/>
           <xsd:enumeration value="RACI"/>
           <xsd:enumeration value="RAIS"/>
           <xsd:enumeration value="Report"/>
           <xsd:enumeration value="Schedule"/>
           <xsd:enumeration value="SecOps"/>
           <xsd:enumeration value="Secured"/>
           <xsd:enumeration value="Sensitive"/>
           <xsd:enumeration value="SIA"/>
           <xsd:enumeration value="SOP"/>
+          <xsd:enumeration value="SPG (Suspense)"/>
           <xsd:enumeration value="Template"/>
           <xsd:enumeration value="Test Results"/>
           <xsd:enumeration value="Training"/>
           <xsd:enumeration value="Work Materials"/>
           <xsd:enumeration value="Other"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Document_x0020_Approval_x0020_Status" ma:index="5" nillable="true" ma:displayName="Status" ma:default="In Progress" ma:format="Dropdown" ma:hidden="true" ma:internalName="Document_x0020_Approval_x0020_Status" ma:readOnly="false">
+    <xsd:element name="Document_x0020_Comments" ma:index="4" nillable="true" ma:displayName="Document Comments" ma:internalName="Document_x0020_Comments" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Document_x0020_Approval_x0020_Status" ma:index="6" nillable="true" ma:displayName="Status" ma:default="In Progress" ma:format="Dropdown" ma:hidden="true" ma:internalName="Document_x0020_Approval_x0020_Status" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="In Progress"/>
           <xsd:enumeration value="Ready for Specialist Review"/>
           <xsd:enumeration value="Ready for DHCS Review"/>
           <xsd:enumeration value="Published"/>
-        </xsd:restriction>
-[...5 lines deleted...]
-          <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="OIL_x0020_Project_x0020_Name" ma:index="15" nillable="true" ma:displayName="OIL Project Name" ma:hidden="true" ma:list="{8d883d58-8c5a-450a-b79c-acdf5acc1e41}" ma:internalName="OIL_x0020_Project_x0020_Name" ma:readOnly="false" ma:showField="Title" ma:web="94c75a61-bb3e-4c56-80bc-d22953026855">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="OIL_x0020_Project_x0020_Name_x003a_ID" ma:index="16" nillable="true" ma:displayName="OIL Project Name:ID" ma:list="{8d883d58-8c5a-450a-b79c-acdf5acc1e41}" ma:internalName="OIL_x0020_Project_x0020_Name_x003A_ID" ma:readOnly="true" ma:showField="ID" ma:web="94c75a61-bb3e-4c56-80bc-d22953026855">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Workflow_x0020_History_x0020_Description" ma:index="19" nillable="true" ma:displayName="Workflow History Description" ma:description="Workflow History Description" ma:hidden="true" ma:internalName="Workflow_x0020_History_x0020_Description" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6924f438-28b6-4001-8f02-ec9c9e4f0cef" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Document_x0020_Subtype" ma:index="4" nillable="true" ma:displayName="Document Subtype" ma:format="Dropdown" ma:internalName="Document_x0020_Subtype" ma:readOnly="false">
+    <xsd:element name="Document_x0020_Subtype" ma:index="3" nillable="true" ma:displayName="Document Subtype" ma:description="Document Subtype" ma:format="Dropdown" ma:internalName="Document_x0020_Subtype" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
-          <xsd:enumeration value="ATG (Suspense)"/>
           <xsd:enumeration value="BOPA"/>
           <xsd:enumeration value="Cost Summary"/>
-          <xsd:enumeration value="CPL (Suspense)"/>
           <xsd:enumeration value="CSD"/>
           <xsd:enumeration value="Diagnosis (DBD-File)"/>
-          <xsd:enumeration value="Edit Criteria (Suspense)"/>
           <xsd:enumeration value="ETP"/>
           <xsd:enumeration value="FMPA"/>
           <xsd:enumeration value="Formulary (DBD-File)"/>
+          <xsd:enumeration value="IMP"/>
           <xsd:enumeration value="MMIS Tables"/>
           <xsd:enumeration value="PCMF (DBD-File)"/>
           <xsd:enumeration value="PIR"/>
           <xsd:enumeration value="PMF (DBD-File)"/>
           <xsd:enumeration value="PROCVAL"/>
           <xsd:enumeration value="Programs (DDS)"/>
           <xsd:enumeration value="SFD"/>
-          <xsd:enumeration value="SPG (Suspense)"/>
           <xsd:enumeration value="TSD"/>
           <xsd:enumeration value="TST"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="IconOverlay" ma:index="22" nillable="true" ma:displayName="IconOverlay" ma:hidden="true" ma:internalName="IconOverlay">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="2" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="5" ma:displayName="Content Type" ma:readOnly="true"/>
+        <xsd:element ref="dc:title" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -2755,263 +2830,215 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Document_x0020_Comments xmlns="94c75a61-bb3e-4c56-80bc-d22953026855" xsi:nil="true"/>
-    <OIL_x0020_Project_x0020_Name xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">869</OIL_x0020_Project_x0020_Name>
+    <OIL_x0020_Project_x0020_Name xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">2730</OIL_x0020_Project_x0020_Name>
     <Document_x0020_Subtype xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef" xsi:nil="true"/>
     <Document_x0020_Approval_x0020_Status xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">In Progress</Document_x0020_Approval_x0020_Status>
     <Project_x0020_Document_x0020_Category xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">Enclosure</Project_x0020_Document_x0020_Category>
-    <_dlc_DocId xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef">HFFKTFNTSZSR-1172953884-8720</_dlc_DocId>
+    <_dlc_DocId xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef">HFFKTFNTSZSR-1172953884-29250</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef">
-      <Url>https://sp.cammis.medi-cal.ca.gov/sites/DHCS/CA-MMIS/_layouts/15/DocIdRedir.aspx?ID=HFFKTFNTSZSR-1172953884-8720</Url>
-      <Description>HFFKTFNTSZSR-1172953884-8720</Description>
+      <Url>https://sp.cammis.medi-cal.ca.gov/sites/DHCS/CA-MMIS/_layouts/15/DocIdRedir.aspx?ID=HFFKTFNTSZSR-1172953884-29250</Url>
+      <Description>HFFKTFNTSZSR-1172953884-29250</Description>
     </_dlc_DocIdUrl>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <Workflow_x0020_History_x0020_Description xmlns="94c75a61-bb3e-4c56-80bc-d22953026855" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB933421-77C8-490D-BE63-CB97D6A74745}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{641CDA8D-F11B-44C0-A633-AF337983D60F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2F7056B-6BDF-42B3-A37C-8A56631C9753}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47F1ADA4-5F4C-43F3-9CFD-0A66D362A9E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="94c75a61-bb3e-4c56-80bc-d22953026855"/>
     <ds:schemaRef ds:uri="6924f438-28b6-4001-8f02-ec9c9e4f0cef"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B58CDF1-46F3-4836-8558-85D9EEFA6216}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="94c75a61-bb3e-4c56-80bc-d22953026855"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="6924f438-28b6-4001-8f02-ec9c9e4f0cef"/>
-    <ds:schemaRef ds:uri="d4cb0af6-1aad-40a6-a233-54c5cc94deff"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3DEA2C9-D749-4F2C-AFDE-7F853A0D9A95}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{01c35869-6495-4b3a-952e-bc5e37f13032}" enabled="1" method="Standard" siteId="{c663f89c-ef9b-418f-bd3d-41e46c0ce068}" removed="0"/>
+  <clbl:label id="{34720645-5fdd-4302-8e87-9becee4e5aa1}" enabled="1" method="Standard" siteId="{265c2dcd-2a6e-43aa-b2e8-26421a8c8526}" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Waterproof Sheeting</vt:lpstr>
       <vt:lpstr>Waterproof Sheeting Deletions</vt:lpstr>
-      <vt:lpstr>'Waterproof Sheeting'!ColumnTitleRegion1.A3.J4.2</vt:lpstr>
-      <vt:lpstr>'Waterproof Sheeting Deletions'!ColumnTitleRegion1.A3.K10.1</vt:lpstr>
+      <vt:lpstr>'Waterproof Sheeting'!ColumnTitleRegion1.A3.J6.2</vt:lpstr>
+      <vt:lpstr>'Waterproof Sheeting Deletions'!ColumnTitleRegion1.A3.K8.1</vt:lpstr>
       <vt:lpstr>'Waterproof Sheeting'!Print_Area</vt:lpstr>
       <vt:lpstr>'Waterproof Sheeting Deletions'!Print_Area</vt:lpstr>
       <vt:lpstr>'Waterproof Sheeting'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Waterproof Sheeting Deletions'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CA-MMIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>List of Contracted Waterproof Sheeting (mc sup sheeting)</dc:title>
   <dc:creator>Department of Health Care Services (DHCS)</dc:creator>
   <cp:keywords>mcsupsheeting</cp:keywords>
   <dc:description>Medical Supplies Excel Conversion (02.2015) _x000d_
 26 manual sections converted into 7 excel spreadsheets_x000d_
 JT (02.09.15)_x000d_
 JT (04.28.15) no updates; delete spaces in filename_x000d_
 TL (12.10.19)_x000d_
 AQ (08.20.20) ADA Compliance Conversion_x000d_
-HC (03.11.21)</dc:description>
+HC (03.11.21)_x000d_
+AL (11.12.25)</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Original HP Creator">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Original HP Owner">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentType">
     <vt:lpwstr>Document</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Description0">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Livelink ID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Description00">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Original Path">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_dlc_DocId">
     <vt:lpwstr>HFFKTFNTSZSR-1460564009-657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>c4a71fae-d50e-49a8-9cf5-72f5aeaed35d</vt:lpwstr>
+    <vt:lpwstr>28778979-7733-4d89-938a-ab768cf320db</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdUrl">
     <vt:lpwstr>https://sp.cammis.medi-cal.ca.gov/sites/DHCS/CA-MMIS/_layouts/15/DocIdRedir.aspx?ID=HFFKTFNTSZSR-1460564009-657, HFFKTFNTSZSR-1460564009-657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ContentTypeId">
     <vt:lpwstr>0x010100225A30758F9E804081701BC7E24F74D00300A40961A4237D9B4ABAC13C11470C314C</vt:lpwstr>
   </property>
 </Properties>
 </file>