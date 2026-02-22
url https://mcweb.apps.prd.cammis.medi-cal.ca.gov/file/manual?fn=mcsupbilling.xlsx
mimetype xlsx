--- v0 (2025-10-30)
+++ v1 (2026-02-22)
@@ -7,96 +7,96 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mygainwell-my.sharepoint.com/personal/alunsford_gainwelltechnologies_com/Documents/Pubs Docs/_Refresh/Refresh Pool/_09.2025/Batch Files/Part 2/Batch 4/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mygainwell-my.sharepoint.com/personal/alunsford_gainwelltechnologies_com/Documents/Pubs Docs/_Refresh/Refresh Pool/_12.2025/Batch Files/Part 2/Batch 2/Batch 2/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BC55A30A-AED7-41E3-8CEB-A09793492583}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="54" documentId="8_{35278C10-5DD0-4420-B654-F4F31BD1416E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DFF7507F-DE40-4250-98EE-4C090D1FBADA}"/>
   <bookViews>
-    <workbookView xWindow="5325" yWindow="2970" windowWidth="19185" windowHeight="10065" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1560" yWindow="1560" windowWidth="24945" windowHeight="12705" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Medical Supplies" sheetId="1" r:id="rId1"/>
     <sheet name="Medical Supplies Deletions" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Medical Supplies'!$A$3:$L$310</definedName>
-    <definedName name="ColumnTitleRegion1.A3.L310.1" localSheetId="0">'Medical Supplies'!#REF!</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Medical Supplies'!$A$3:$L$330</definedName>
+    <definedName name="ColumnTitleRegion1.A3.L330.1" localSheetId="0">Medical_Supplies[#Headers]</definedName>
     <definedName name="ColumnTitleRegion2.A3.L4.2" localSheetId="1">Medical_Supplies_Deletions[#Headers]</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Medical Supplies'!$A$1:$L$310</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Medical Supplies'!$A$1:$L$330</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Medical Supplies Deletions'!$A$1:$L$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Medical Supplies'!$1:$3</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Medical Supplies Deletions'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3346" uniqueCount="782">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3582" uniqueCount="815">
   <si>
     <t>Medical Supplies Billing Codes, Units and Quantity Limits</t>
   </si>
   <si>
     <t xml:space="preserve">Billing Code (HCPCS) </t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Restricted to Contracted Products  (Y/N)</t>
   </si>
   <si>
     <t xml:space="preserve">Description </t>
   </si>
   <si>
     <t>MAPC per Unit of Measure (UOM)</t>
   </si>
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t xml:space="preserve">TAR Required (Y/N) </t>
   </si>
   <si>
@@ -2161,181 +2161,50 @@
     <t>In-line cartridge containing digestive enzyme(s) for enteral feeding</t>
   </si>
   <si>
     <t>NDC</t>
   </si>
   <si>
     <t>Pharmacy Medical Supply</t>
   </si>
   <si>
     <t>Pen Needles</t>
   </si>
   <si>
     <t>Heparin Flush Solution, 10 units/ml</t>
   </si>
   <si>
     <t>Heparin Flush Solution, 100 units/ml</t>
   </si>
   <si>
     <t>Refer to the List of Contracted Pen Needles</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Enteral feeding supply kit; pump fed</t>
-  </si>
-[...129 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Medical Supplies Billing Codes, Units and Quantity Limits Deletions</t>
   </si>
   <si>
     <t>100 pen needles per claim; with no more than three (3) claims in a 90-day period</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">This spreadsheet contains whole-line deletions from the list of medical supply billing codes, unit of measure (UOM) and quantity limits. Refer to the Medical Supplies section of the provider manual for additional information and program coverage. Refer to the appropriate spreadsheet for billing codes restricted to contracted products. Certain medical supplies must be billed by a pharmacy provider only using the product's 11-digit UPN (Universal Product Number). </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>The UPN billed must be an exact match for the product dispensed</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
@@ -2396,53 +2265,50 @@
   <si>
     <t>A4436</t>
   </si>
   <si>
     <t>Irrigation supply; sleeve, reusable, per month</t>
   </si>
   <si>
     <t>12 per 81-day-period</t>
   </si>
   <si>
     <t>A4437</t>
   </si>
   <si>
     <t>Irrigation supply; sleeve, disposable, per month</t>
   </si>
   <si>
     <t>Deletion</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t xml:space="preserve">Swabsticks are Code I Restricted - for use when cleansing the skin at central or peripheral catheter exit site during dressing changes and for intravenous starts. After January 1, 2022, alcohol pads or wipes are also available as a NDC-billed pharmacy item available through the Medi-Cal Rx system. Please refer to the Medi-Cal Rx website for coverage and billing criteria. </t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> No</t>
   </si>
   <si>
     <t>2 per 350-day period</t>
   </si>
   <si>
     <t xml:space="preserve">After March 1, 2022, hypertonic saline solutions are also available as  Medi-Cal Rx covered products on the Medi-Cal Rx Contract Drugs List (CDL). Please refer to the Medi-Cal Rx website for coverage and billing criteria as a  NDC-billed Medi-Cal Rx product. </t>
   </si>
   <si>
     <t>May 2022</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Updated MAPC (established price on file)</t>
   </si>
   <si>
     <t>Updated MAPC (established price on file) and billing notes</t>
   </si>
   <si>
     <t>A4224</t>
@@ -2492,162 +2358,287 @@
   </si>
   <si>
     <t xml:space="preserve">120 per 81-day period </t>
   </si>
   <si>
     <t>Price  Updated</t>
   </si>
   <si>
     <r>
       <t>60 per 81-day period</t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">90 per 81-day period </t>
   </si>
   <si>
-    <r>
-[...20 lines deleted...]
-  <si>
     <t>100 wipes per 81-day period</t>
-  </si>
-[...20 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Price, TAR Requirements, and Restrictions Updated</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>Price and Quantity Updated</t>
   </si>
   <si>
     <r>
       <t>150</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> wipes per 81-day period</t>
     </r>
   </si>
   <si>
-    <t>Advanced Wound Care Supplies</t>
-[...23 lines deleted...]
-    <t>Price Change</t>
+    <t>Refer to Contracted List</t>
+  </si>
+  <si>
+    <t>Code I Requirement: See Contracted List</t>
+  </si>
+  <si>
+    <t>Advanced Wound Care Products</t>
+  </si>
+  <si>
+    <t>A4450</t>
+  </si>
+  <si>
+    <t>A4451</t>
+  </si>
+  <si>
+    <t>A4452</t>
+  </si>
+  <si>
+    <t>A4649</t>
+  </si>
+  <si>
+    <t>A6023</t>
+  </si>
+  <si>
+    <t>A6121</t>
+  </si>
+  <si>
+    <t>Code I Requirement: Number of wounds being treated must be documented</t>
+  </si>
+  <si>
+    <t>A6198</t>
+  </si>
+  <si>
+    <t>By report</t>
+  </si>
+  <si>
+    <t>A6413</t>
+  </si>
+  <si>
+    <t>E0190</t>
+  </si>
+  <si>
+    <t>E0191</t>
+  </si>
+  <si>
+    <t>E0621</t>
+  </si>
+  <si>
+    <t>Tape, nonwaterproof, per 18 sq in</t>
+  </si>
+  <si>
+    <t>Tape, waterproof, per 18 sq in</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	Surgical supply; miscellaneous</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	Collagen dressing, sterile, size more than 48 sq in, each</t>
+  </si>
+  <si>
+    <t>Alginate or other fiber gelling dressing, wound cover, sterile, pad size more than 48 sq in, each dressing</t>
+  </si>
+  <si>
+    <t>Adhesive bandage, first aid type, any size, each</t>
+  </si>
+  <si>
+    <t>Positioning cushion/pillow/wedge, any shape or size, includes all components and accessories</t>
+  </si>
+  <si>
+    <t>Heel or elbow protector, each</t>
+  </si>
+  <si>
+    <t>Sling or seat, patient lift, canvas or nylon</t>
+  </si>
+  <si>
+    <t>Up to 3 units per 27-day period, up to 90-day duration of therapy</t>
+  </si>
+  <si>
+    <t>Collagen dressing, sterile, pad size 16 sq. in. or less</t>
+  </si>
+  <si>
+    <t>A6452</t>
+  </si>
+  <si>
+    <t>High compression bandage, elastic, knitted/woven, load resistance greater than or equal to 1.35 foot-pounds at 50% maximum stretch, width greater than or equal to three inches and less than five inches, per yard</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Code </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>I</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Restriction - For use with urological non-hydrophilic catheters only.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">By Report   </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Coverage restricted for recipients with cystic fibrosis and exocrine pancreatic insufficiency diagnosis. Documentation on the Authorization Request must support the recipient meets all the conditions outlined in the </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Medical Supplies</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> section of the provide</t>
+    </r>
+  </si>
+  <si>
+    <t>On and after 04/01/2023, a product item number Universal product number (UPN) will be required on the claim. Product numbers must match the manufacturer's UPN for the product name billed. These are not subject to a covered or contracted List.</t>
+  </si>
+  <si>
+    <t>Contraceptive supply, condom, internal, each</t>
+  </si>
+  <si>
+    <t>Diaphragm, wide seal for contraceptive use</t>
+  </si>
+  <si>
+    <t>Refer to the List of Contracted Diabetic Supplies</t>
+  </si>
+  <si>
+    <t>Refer to the List of Contracted Diabetic Testing Supplies</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Per wound per 27-day period, up to 90-day duration of therapy</t>
+  </si>
+  <si>
+    <t>All</t>
+  </si>
+  <si>
+    <t>A4295</t>
+  </si>
+  <si>
+    <t>Intermittent urinary catheter; straight tip, hydrophilic coating, each</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New HCPCS </t>
+  </si>
+  <si>
+    <t>A4296</t>
+  </si>
+  <si>
+    <t>Intermittent urinary catheter; coude (curved tip), hydrophilic coating) each</t>
+  </si>
+  <si>
+    <t>A4297</t>
+  </si>
+  <si>
+    <t>Intermittent urinary catheter; hydrophilic coating, with insertion supplies</t>
+  </si>
+  <si>
+    <t>Intermittent urinary catheter; straight tip, with or without coating (teflon, silicone, silicone elastomer, etc.), each</t>
+  </si>
+  <si>
+    <t>Description updated</t>
+  </si>
+  <si>
+    <t>Intermittent urinary catheter; coude (curved) tip, with or without coating (teflon, silicone, silicone elastomer,etc.), each</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rectal catheter with or without balloon, for use with any type transanal irrigation system, each </t>
+  </si>
+  <si>
+    <t>Manual transanal irrigation system, includes water reservoir pump, tubing, and accessories, without catheter, any type</t>
+  </si>
+  <si>
+    <t>Quantity Limit updated</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.0000"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.0000_);[Red]\(&quot;$&quot;#,##0.0000\)"/>
     <numFmt numFmtId="167" formatCode="m/d/yyyy;@"/>
     <numFmt numFmtId="168" formatCode="0.0000"/>
     <numFmt numFmtId="169" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="170" formatCode="&quot;$&quot;#,##0.000"/>
     <numFmt numFmtId="171" formatCode="_(&quot;$&quot;* #,##0.0000_);_(&quot;$&quot;* \(#,##0.0000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2662,114 +2653,112 @@
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <sz val="12"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
-[...4 lines deleted...]
-    <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF0A2F41"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC5D9F1"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -2876,303 +2865,306 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="71">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="171" fontId="7" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="169" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="171" fontId="7" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="171" fontId="8" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="7" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="8" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="33">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color indexed="8"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
-        <right style="thin">
+        <right/>
+        <top style="thin">
           <color indexed="64"/>
-        </right>
-[...3 lines deleted...]
-        <horizontal/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color indexed="8"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -3629,201 +3621,87 @@
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
-        <color indexed="8"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
-        <color indexed="8"/>
-[...113 lines deleted...]
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
@@ -3855,128 +3733,51 @@
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
-        <color indexed="8"/>
-[...76 lines deleted...]
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
@@ -4008,216 +3809,415 @@
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
-        <color theme="1"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.0000"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <right style="thin">
           <color indexed="64"/>
         </right>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
-        <b/>
+        <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
-        <u/>
+        <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFC5D9F1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFC5D9F1"/>
       <color rgb="FFFF7C80"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{82945BD0-49C3-4213-998C-DDE6D1603C19}" name="Medical_Supplies4" displayName="Medical_Supplies4" ref="A3:L310" totalsRowShown="0" headerRowDxfId="32" dataDxfId="30" headerRowBorderDxfId="31" tableBorderDxfId="29">
-  <autoFilter ref="A3:L310" xr:uid="{82945BD0-49C3-4213-998C-DDE6D1603C19}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Medical_Supplies" displayName="Medical_Supplies" ref="A3:L330" totalsRowShown="0" headerRowDxfId="32" dataDxfId="30" headerRowBorderDxfId="31" tableBorderDxfId="29">
+  <autoFilter ref="A3:L330" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:L330">
+    <sortCondition ref="A3:A330"/>
+  </sortState>
   <tableColumns count="12">
-    <tableColumn id="1" xr3:uid="{53C872FA-DD62-4DB7-9A28-973592399013}" name="Billing Code (HCPCS) " dataDxfId="28"/>
-[...10 lines deleted...]
-    <tableColumn id="12" xr3:uid="{477BD8F9-9828-4CED-9653-BF862C0B052D}" name="Publication Date" dataDxfId="17" dataCellStyle="Normal 3"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Billing Code (HCPCS) " dataDxfId="28"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Category" dataDxfId="27"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Restricted to Contracted Products  (Y/N)" dataDxfId="26" dataCellStyle="Normal 3"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Description " dataDxfId="25"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="MAPC per Unit of Measure (UOM)" dataDxfId="24"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="UOM" dataDxfId="23" dataCellStyle="Normal 3"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="TAR Required (Y/N) " dataDxfId="22" dataCellStyle="Normal 3"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Quantity Limits Without Authorization " dataDxfId="21"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Billing Notes " dataDxfId="20" dataCellStyle="Normal 3"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Effective Date of Change" dataDxfId="19"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Description of Change" dataDxfId="18" dataCellStyle="Normal 3"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="Publication Date" dataDxfId="17" dataCellStyle="Normal 3"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Medical_Supplies_Deletions" displayName="Medical_Supplies_Deletions" ref="A3:L4" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13" totalsRowBorderDxfId="12">
   <autoFilter ref="A3:L4" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
   <tableColumns count="12">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Billing Code (HCPCS) " dataDxfId="11"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Category" dataDxfId="10"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Restricted to Contracted Products  (Y/N)" dataDxfId="9" dataCellStyle="Normal 3"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Description " dataDxfId="8"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="MAPC per Unit of Measure (UOM)" dataDxfId="7"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="UOM" dataDxfId="6" dataCellStyle="Normal 3"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="TAR Required (Y/N) " dataDxfId="5" dataCellStyle="Normal 3"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0100-000008000000}" name="Quantity Limits Without Authorization " dataDxfId="4"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0100-000009000000}" name="Billing Notes " dataDxfId="3" dataCellStyle="Normal 3"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0100-00000A000000}" name="Effective Date of Change" dataDxfId="2"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0100-00000B000000}" name="Description of Change" dataDxfId="1" dataCellStyle="Normal 3"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0100-00000C000000}" name="Publication Date" dataDxfId="0" dataCellStyle="Normal 3"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
@@ -4474,11967 +4474,16917 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L315"/>
+  <dimension ref="A1:BB330"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2:L2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="28" defaultRowHeight="58.5" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="28" defaultRowHeight="58.5" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.1796875" style="23" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="28" style="23"/>
+    <col min="1" max="1" width="17.140625" style="19" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" style="19" customWidth="1"/>
+    <col min="3" max="3" width="18" style="19" customWidth="1"/>
+    <col min="4" max="4" width="47.42578125" style="19" customWidth="1"/>
+    <col min="5" max="5" width="18.85546875" style="19" customWidth="1"/>
+    <col min="6" max="6" width="9.85546875" style="19" customWidth="1"/>
+    <col min="7" max="7" width="13.140625" style="19" customWidth="1"/>
+    <col min="8" max="8" width="37.85546875" style="19" customWidth="1"/>
+    <col min="9" max="9" width="38.5703125" style="19" customWidth="1"/>
+    <col min="10" max="10" width="18.85546875" style="19" customWidth="1"/>
+    <col min="11" max="11" width="20.85546875" style="19" customWidth="1"/>
+    <col min="12" max="12" width="18.85546875" style="19" customWidth="1"/>
+    <col min="13" max="54" width="28" style="18"/>
+    <col min="55" max="16384" width="28" style="19"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="24.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="61" t="s">
+    <row r="1" spans="1:54" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="60" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="61"/>
-[...12 lines deleted...]
-      <c r="A2" s="63" t="s">
+      <c r="B1" s="60"/>
+      <c r="C1" s="60"/>
+      <c r="D1" s="60"/>
+      <c r="E1" s="60"/>
+      <c r="F1" s="60"/>
+      <c r="G1" s="60"/>
+      <c r="H1" s="60"/>
+      <c r="I1" s="60"/>
+      <c r="J1" s="60"/>
+      <c r="K1" s="60"/>
+      <c r="L1" s="61"/>
+    </row>
+    <row r="2" spans="1:54" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="62" t="s">
+        <v>716</v>
+      </c>
+      <c r="B2" s="63"/>
+      <c r="C2" s="63"/>
+      <c r="D2" s="63"/>
+      <c r="E2" s="63"/>
+      <c r="F2" s="63"/>
+      <c r="G2" s="63"/>
+      <c r="H2" s="63"/>
+      <c r="I2" s="63"/>
+      <c r="J2" s="64"/>
+      <c r="K2" s="64"/>
+      <c r="L2" s="65"/>
+    </row>
+    <row r="3" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="54" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="54" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" s="55" t="s">
+        <v>5</v>
+      </c>
+      <c r="F3" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G3" s="54" t="s">
+        <v>7</v>
+      </c>
+      <c r="H3" s="54" t="s">
+        <v>8</v>
+      </c>
+      <c r="I3" s="56" t="s">
+        <v>9</v>
+      </c>
+      <c r="J3" s="57" t="s">
+        <v>10</v>
+      </c>
+      <c r="K3" s="58" t="s">
+        <v>548</v>
+      </c>
+      <c r="L3" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="BB3" s="19"/>
+    </row>
+    <row r="4" spans="1:54" ht="128.44999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D4" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="E4" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="J4" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K4" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L4" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB4" s="19"/>
+    </row>
+    <row r="5" spans="1:54" ht="150.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D5" s="11" t="s">
+        <v>559</v>
+      </c>
+      <c r="E5" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="J5" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K5" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L5" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB5" s="19"/>
+    </row>
+    <row r="6" spans="1:54" ht="131.44999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>560</v>
+      </c>
+      <c r="E6" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="J6" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L6" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB6" s="19"/>
+    </row>
+    <row r="7" spans="1:54" ht="161.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>561</v>
+      </c>
+      <c r="E7" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="J7" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K7" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L7" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB7" s="19"/>
+    </row>
+    <row r="8" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D8" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="I8" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J8" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K8" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L8" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB8" s="19"/>
+    </row>
+    <row r="9" spans="1:54" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D9" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I9" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J9" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K9" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L9" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB9" s="19"/>
+    </row>
+    <row r="10" spans="1:54" ht="105" x14ac:dyDescent="0.25">
+      <c r="A10" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E10" s="21" t="s">
+        <v>692</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="J10" s="25">
+        <v>44197</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L10" s="23" t="s">
+        <v>691</v>
+      </c>
+      <c r="BB10" s="19"/>
+    </row>
+    <row r="11" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>543</v>
+      </c>
+      <c r="E11" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G11" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H11" s="11" t="s">
+        <v>516</v>
+      </c>
+      <c r="I11" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J11" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K11" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L11" s="24" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB11" s="19"/>
+    </row>
+    <row r="12" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>738</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>739</v>
+      </c>
+      <c r="E12" s="21">
+        <v>25.17</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H12" s="11" t="s">
+        <v>740</v>
+      </c>
+      <c r="I12" s="8" t="s">
+        <v>741</v>
+      </c>
+      <c r="J12" s="11">
+        <v>45017</v>
+      </c>
+      <c r="K12" s="8" t="s">
+        <v>742</v>
+      </c>
+      <c r="L12" s="24" t="s">
+        <v>743</v>
+      </c>
+      <c r="BB12" s="19"/>
+    </row>
+    <row r="13" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" s="21">
+        <v>10.07</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H13" s="11" t="s">
+        <v>744</v>
+      </c>
+      <c r="I13" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J13" s="11">
+        <v>45017</v>
+      </c>
+      <c r="K13" s="8" t="s">
+        <v>745</v>
+      </c>
+      <c r="L13" s="24" t="s">
+        <v>743</v>
+      </c>
+      <c r="BB13" s="19"/>
+    </row>
+    <row r="14" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D14" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" s="21">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H14" s="11" t="s">
+        <v>744</v>
+      </c>
+      <c r="I14" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J14" s="11">
+        <v>45017</v>
+      </c>
+      <c r="K14" s="8" t="s">
+        <v>745</v>
+      </c>
+      <c r="L14" s="24" t="s">
+        <v>743</v>
+      </c>
+      <c r="BB14" s="19"/>
+    </row>
+    <row r="15" spans="1:54" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E15" s="26">
+        <v>2.09</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H15" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="I15" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J15" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K15" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB15" s="19"/>
+    </row>
+    <row r="16" spans="1:54" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>679</v>
+      </c>
+      <c r="E16" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G16" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H16" s="11" t="s">
+        <v>566</v>
+      </c>
+      <c r="I16" s="11" t="s">
+        <v>680</v>
+      </c>
+      <c r="J16" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K16" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L16" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB16" s="19"/>
+    </row>
+    <row r="17" spans="1:53" s="19" customFormat="1" ht="188.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>625</v>
+      </c>
+      <c r="E17" s="27">
+        <v>1.44E-2</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G17" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H17" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="11" t="s">
+        <v>729</v>
+      </c>
+      <c r="J17" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K17" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L17" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="M17" s="18"/>
+      <c r="N17" s="18"/>
+      <c r="O17" s="18"/>
+      <c r="P17" s="18"/>
+      <c r="Q17" s="18"/>
+      <c r="R17" s="18"/>
+      <c r="S17" s="18"/>
+      <c r="T17" s="18"/>
+      <c r="U17" s="18"/>
+      <c r="V17" s="18"/>
+      <c r="W17" s="18"/>
+      <c r="X17" s="18"/>
+      <c r="Y17" s="18"/>
+      <c r="Z17" s="18"/>
+      <c r="AA17" s="18"/>
+      <c r="AB17" s="18"/>
+      <c r="AC17" s="18"/>
+      <c r="AD17" s="18"/>
+      <c r="AE17" s="18"/>
+      <c r="AF17" s="18"/>
+      <c r="AG17" s="18"/>
+      <c r="AH17" s="18"/>
+      <c r="AI17" s="18"/>
+      <c r="AJ17" s="18"/>
+      <c r="AK17" s="18"/>
+      <c r="AL17" s="18"/>
+      <c r="AM17" s="18"/>
+      <c r="AN17" s="18"/>
+      <c r="AO17" s="18"/>
+      <c r="AP17" s="18"/>
+      <c r="AQ17" s="18"/>
+      <c r="AR17" s="18"/>
+      <c r="AS17" s="18"/>
+      <c r="AT17" s="18"/>
+      <c r="AU17" s="18"/>
+      <c r="AV17" s="18"/>
+      <c r="AW17" s="18"/>
+      <c r="AX17" s="18"/>
+      <c r="AY17" s="18"/>
+      <c r="AZ17" s="18"/>
+      <c r="BA17" s="18"/>
+    </row>
+    <row r="18" spans="1:53" s="19" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H18" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I18" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J18" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K18" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L18" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M18" s="18"/>
+      <c r="N18" s="18"/>
+      <c r="O18" s="18"/>
+      <c r="P18" s="18"/>
+      <c r="Q18" s="18"/>
+      <c r="R18" s="18"/>
+      <c r="S18" s="18"/>
+      <c r="T18" s="18"/>
+      <c r="U18" s="18"/>
+      <c r="V18" s="18"/>
+      <c r="W18" s="18"/>
+      <c r="X18" s="18"/>
+      <c r="Y18" s="18"/>
+      <c r="Z18" s="18"/>
+      <c r="AA18" s="18"/>
+      <c r="AB18" s="18"/>
+      <c r="AC18" s="18"/>
+      <c r="AD18" s="18"/>
+      <c r="AE18" s="18"/>
+      <c r="AF18" s="18"/>
+      <c r="AG18" s="18"/>
+      <c r="AH18" s="18"/>
+      <c r="AI18" s="18"/>
+      <c r="AJ18" s="18"/>
+      <c r="AK18" s="18"/>
+      <c r="AL18" s="18"/>
+      <c r="AM18" s="18"/>
+      <c r="AN18" s="18"/>
+      <c r="AO18" s="18"/>
+      <c r="AP18" s="18"/>
+      <c r="AQ18" s="18"/>
+      <c r="AR18" s="18"/>
+      <c r="AS18" s="18"/>
+      <c r="AT18" s="18"/>
+      <c r="AU18" s="18"/>
+      <c r="AV18" s="18"/>
+      <c r="AW18" s="18"/>
+      <c r="AX18" s="18"/>
+      <c r="AY18" s="18"/>
+      <c r="AZ18" s="18"/>
+      <c r="BA18" s="18"/>
+    </row>
+    <row r="19" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D19" s="11" t="s">
+        <v>681</v>
+      </c>
+      <c r="E19" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G19" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H19" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19" s="11" t="s">
+        <v>682</v>
+      </c>
+      <c r="J19" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K19" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L19" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M19" s="18"/>
+      <c r="N19" s="18"/>
+      <c r="O19" s="18"/>
+      <c r="P19" s="18"/>
+      <c r="Q19" s="18"/>
+      <c r="R19" s="18"/>
+      <c r="S19" s="18"/>
+      <c r="T19" s="18"/>
+      <c r="U19" s="18"/>
+      <c r="V19" s="18"/>
+      <c r="W19" s="18"/>
+      <c r="X19" s="18"/>
+      <c r="Y19" s="18"/>
+      <c r="Z19" s="18"/>
+      <c r="AA19" s="18"/>
+      <c r="AB19" s="18"/>
+      <c r="AC19" s="18"/>
+      <c r="AD19" s="18"/>
+      <c r="AE19" s="18"/>
+      <c r="AF19" s="18"/>
+      <c r="AG19" s="18"/>
+      <c r="AH19" s="18"/>
+      <c r="AI19" s="18"/>
+      <c r="AJ19" s="18"/>
+      <c r="AK19" s="18"/>
+      <c r="AL19" s="18"/>
+      <c r="AM19" s="18"/>
+      <c r="AN19" s="18"/>
+      <c r="AO19" s="18"/>
+      <c r="AP19" s="18"/>
+      <c r="AQ19" s="18"/>
+      <c r="AR19" s="18"/>
+      <c r="AS19" s="18"/>
+      <c r="AT19" s="18"/>
+      <c r="AU19" s="18"/>
+      <c r="AV19" s="18"/>
+      <c r="AW19" s="18"/>
+      <c r="AX19" s="18"/>
+      <c r="AY19" s="18"/>
+      <c r="AZ19" s="18"/>
+      <c r="BA19" s="18"/>
+    </row>
+    <row r="20" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="E20" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G20" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H20" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I20" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J20" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K20" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L20" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M20" s="18"/>
+      <c r="N20" s="18"/>
+      <c r="O20" s="18"/>
+      <c r="P20" s="18"/>
+      <c r="Q20" s="18"/>
+      <c r="R20" s="18"/>
+      <c r="S20" s="18"/>
+      <c r="T20" s="18"/>
+      <c r="U20" s="18"/>
+      <c r="V20" s="18"/>
+      <c r="W20" s="18"/>
+      <c r="X20" s="18"/>
+      <c r="Y20" s="18"/>
+      <c r="Z20" s="18"/>
+      <c r="AA20" s="18"/>
+      <c r="AB20" s="18"/>
+      <c r="AC20" s="18"/>
+      <c r="AD20" s="18"/>
+      <c r="AE20" s="18"/>
+      <c r="AF20" s="18"/>
+      <c r="AG20" s="18"/>
+      <c r="AH20" s="18"/>
+      <c r="AI20" s="18"/>
+      <c r="AJ20" s="18"/>
+      <c r="AK20" s="18"/>
+      <c r="AL20" s="18"/>
+      <c r="AM20" s="18"/>
+      <c r="AN20" s="18"/>
+      <c r="AO20" s="18"/>
+      <c r="AP20" s="18"/>
+      <c r="AQ20" s="18"/>
+      <c r="AR20" s="18"/>
+      <c r="AS20" s="18"/>
+      <c r="AT20" s="18"/>
+      <c r="AU20" s="18"/>
+      <c r="AV20" s="18"/>
+      <c r="AW20" s="18"/>
+      <c r="AX20" s="18"/>
+      <c r="AY20" s="18"/>
+      <c r="AZ20" s="18"/>
+      <c r="BA20" s="18"/>
+    </row>
+    <row r="21" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G21" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H21" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I21" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J21" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K21" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L21" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M21" s="18"/>
+      <c r="N21" s="18"/>
+      <c r="O21" s="18"/>
+      <c r="P21" s="18"/>
+      <c r="Q21" s="18"/>
+      <c r="R21" s="18"/>
+      <c r="S21" s="18"/>
+      <c r="T21" s="18"/>
+      <c r="U21" s="18"/>
+      <c r="V21" s="18"/>
+      <c r="W21" s="18"/>
+      <c r="X21" s="18"/>
+      <c r="Y21" s="18"/>
+      <c r="Z21" s="18"/>
+      <c r="AA21" s="18"/>
+      <c r="AB21" s="18"/>
+      <c r="AC21" s="18"/>
+      <c r="AD21" s="18"/>
+      <c r="AE21" s="18"/>
+      <c r="AF21" s="18"/>
+      <c r="AG21" s="18"/>
+      <c r="AH21" s="18"/>
+      <c r="AI21" s="18"/>
+      <c r="AJ21" s="18"/>
+      <c r="AK21" s="18"/>
+      <c r="AL21" s="18"/>
+      <c r="AM21" s="18"/>
+      <c r="AN21" s="18"/>
+      <c r="AO21" s="18"/>
+      <c r="AP21" s="18"/>
+      <c r="AQ21" s="18"/>
+      <c r="AR21" s="18"/>
+      <c r="AS21" s="18"/>
+      <c r="AT21" s="18"/>
+      <c r="AU21" s="18"/>
+      <c r="AV21" s="18"/>
+      <c r="AW21" s="18"/>
+      <c r="AX21" s="18"/>
+      <c r="AY21" s="18"/>
+      <c r="AZ21" s="18"/>
+      <c r="BA21" s="18"/>
+    </row>
+    <row r="22" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="30" t="s">
+        <v>802</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D22" s="30" t="s">
+        <v>803</v>
+      </c>
+      <c r="E22" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="F22" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G22" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I22" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J22" s="25">
+        <v>46023</v>
+      </c>
+      <c r="K22" s="8" t="s">
+        <v>804</v>
+      </c>
+      <c r="L22" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="M22" s="18"/>
+      <c r="N22" s="18"/>
+      <c r="O22" s="18"/>
+      <c r="P22" s="18"/>
+      <c r="Q22" s="18"/>
+      <c r="R22" s="18"/>
+      <c r="S22" s="18"/>
+      <c r="T22" s="18"/>
+      <c r="U22" s="18"/>
+      <c r="V22" s="18"/>
+      <c r="W22" s="18"/>
+      <c r="X22" s="18"/>
+      <c r="Y22" s="18"/>
+      <c r="Z22" s="18"/>
+      <c r="AA22" s="18"/>
+      <c r="AB22" s="18"/>
+      <c r="AC22" s="18"/>
+      <c r="AD22" s="18"/>
+      <c r="AE22" s="18"/>
+      <c r="AF22" s="18"/>
+      <c r="AG22" s="18"/>
+      <c r="AH22" s="18"/>
+      <c r="AI22" s="18"/>
+      <c r="AJ22" s="18"/>
+      <c r="AK22" s="18"/>
+      <c r="AL22" s="18"/>
+      <c r="AM22" s="18"/>
+      <c r="AN22" s="18"/>
+      <c r="AO22" s="18"/>
+      <c r="AP22" s="18"/>
+      <c r="AQ22" s="18"/>
+      <c r="AR22" s="18"/>
+      <c r="AS22" s="18"/>
+      <c r="AT22" s="18"/>
+      <c r="AU22" s="18"/>
+      <c r="AV22" s="18"/>
+      <c r="AW22" s="18"/>
+      <c r="AX22" s="18"/>
+      <c r="AY22" s="18"/>
+      <c r="AZ22" s="18"/>
+      <c r="BA22" s="18"/>
+    </row>
+    <row r="23" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="30" t="s">
+        <v>805</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D23" s="30" t="s">
+        <v>806</v>
+      </c>
+      <c r="E23" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="F23" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G23" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H23" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I23" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J23" s="25">
+        <v>46023</v>
+      </c>
+      <c r="K23" s="8" t="s">
+        <v>804</v>
+      </c>
+      <c r="L23" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="M23" s="18"/>
+      <c r="N23" s="18"/>
+      <c r="O23" s="18"/>
+      <c r="P23" s="18"/>
+      <c r="Q23" s="18"/>
+      <c r="R23" s="18"/>
+      <c r="S23" s="18"/>
+      <c r="T23" s="18"/>
+      <c r="U23" s="18"/>
+      <c r="V23" s="18"/>
+      <c r="W23" s="18"/>
+      <c r="X23" s="18"/>
+      <c r="Y23" s="18"/>
+      <c r="Z23" s="18"/>
+      <c r="AA23" s="18"/>
+      <c r="AB23" s="18"/>
+      <c r="AC23" s="18"/>
+      <c r="AD23" s="18"/>
+      <c r="AE23" s="18"/>
+      <c r="AF23" s="18"/>
+      <c r="AG23" s="18"/>
+      <c r="AH23" s="18"/>
+      <c r="AI23" s="18"/>
+      <c r="AJ23" s="18"/>
+      <c r="AK23" s="18"/>
+      <c r="AL23" s="18"/>
+      <c r="AM23" s="18"/>
+      <c r="AN23" s="18"/>
+      <c r="AO23" s="18"/>
+      <c r="AP23" s="18"/>
+      <c r="AQ23" s="18"/>
+      <c r="AR23" s="18"/>
+      <c r="AS23" s="18"/>
+      <c r="AT23" s="18"/>
+      <c r="AU23" s="18"/>
+      <c r="AV23" s="18"/>
+      <c r="AW23" s="18"/>
+      <c r="AX23" s="18"/>
+      <c r="AY23" s="18"/>
+      <c r="AZ23" s="18"/>
+      <c r="BA23" s="18"/>
+    </row>
+    <row r="24" spans="1:53" s="19" customFormat="1" ht="62.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="30" t="s">
+        <v>807</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>808</v>
+      </c>
+      <c r="E24" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G24" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H24" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I24" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J24" s="25">
+        <v>46023</v>
+      </c>
+      <c r="K24" s="8" t="s">
+        <v>804</v>
+      </c>
+      <c r="L24" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="M24" s="18"/>
+      <c r="N24" s="18"/>
+      <c r="O24" s="18"/>
+      <c r="P24" s="18"/>
+      <c r="Q24" s="18"/>
+      <c r="R24" s="18"/>
+      <c r="S24" s="18"/>
+      <c r="T24" s="18"/>
+      <c r="U24" s="18"/>
+      <c r="V24" s="18"/>
+      <c r="W24" s="18"/>
+      <c r="X24" s="18"/>
+      <c r="Y24" s="18"/>
+      <c r="Z24" s="18"/>
+      <c r="AA24" s="18"/>
+      <c r="AB24" s="18"/>
+      <c r="AC24" s="18"/>
+      <c r="AD24" s="18"/>
+      <c r="AE24" s="18"/>
+      <c r="AF24" s="18"/>
+      <c r="AG24" s="18"/>
+      <c r="AH24" s="18"/>
+      <c r="AI24" s="18"/>
+      <c r="AJ24" s="18"/>
+      <c r="AK24" s="18"/>
+      <c r="AL24" s="18"/>
+      <c r="AM24" s="18"/>
+      <c r="AN24" s="18"/>
+      <c r="AO24" s="18"/>
+      <c r="AP24" s="18"/>
+      <c r="AQ24" s="18"/>
+      <c r="AR24" s="18"/>
+      <c r="AS24" s="18"/>
+      <c r="AT24" s="18"/>
+      <c r="AU24" s="18"/>
+      <c r="AV24" s="18"/>
+      <c r="AW24" s="18"/>
+      <c r="AX24" s="18"/>
+      <c r="AY24" s="18"/>
+      <c r="AZ24" s="18"/>
+      <c r="BA24" s="18"/>
+    </row>
+    <row r="25" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D25" s="11" t="s">
+        <v>563</v>
+      </c>
+      <c r="E25" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G25" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H25" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I25" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J25" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K25" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L25" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="M25" s="18"/>
+      <c r="N25" s="18"/>
+      <c r="O25" s="18"/>
+      <c r="P25" s="18"/>
+      <c r="Q25" s="18"/>
+      <c r="R25" s="18"/>
+      <c r="S25" s="18"/>
+      <c r="T25" s="18"/>
+      <c r="U25" s="18"/>
+      <c r="V25" s="18"/>
+      <c r="W25" s="18"/>
+      <c r="X25" s="18"/>
+      <c r="Y25" s="18"/>
+      <c r="Z25" s="18"/>
+      <c r="AA25" s="18"/>
+      <c r="AB25" s="18"/>
+      <c r="AC25" s="18"/>
+      <c r="AD25" s="18"/>
+      <c r="AE25" s="18"/>
+      <c r="AF25" s="18"/>
+      <c r="AG25" s="18"/>
+      <c r="AH25" s="18"/>
+      <c r="AI25" s="18"/>
+      <c r="AJ25" s="18"/>
+      <c r="AK25" s="18"/>
+      <c r="AL25" s="18"/>
+      <c r="AM25" s="18"/>
+      <c r="AN25" s="18"/>
+      <c r="AO25" s="18"/>
+      <c r="AP25" s="18"/>
+      <c r="AQ25" s="18"/>
+      <c r="AR25" s="18"/>
+      <c r="AS25" s="18"/>
+      <c r="AT25" s="18"/>
+      <c r="AU25" s="18"/>
+      <c r="AV25" s="18"/>
+      <c r="AW25" s="18"/>
+      <c r="AX25" s="18"/>
+      <c r="AY25" s="18"/>
+      <c r="AZ25" s="18"/>
+      <c r="BA25" s="18"/>
+    </row>
+    <row r="26" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D26" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="E26" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G26" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H26" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I26" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J26" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K26" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L26" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M26" s="18"/>
+      <c r="N26" s="18"/>
+      <c r="O26" s="18"/>
+      <c r="P26" s="18"/>
+      <c r="Q26" s="18"/>
+      <c r="R26" s="18"/>
+      <c r="S26" s="18"/>
+      <c r="T26" s="18"/>
+      <c r="U26" s="18"/>
+      <c r="V26" s="18"/>
+      <c r="W26" s="18"/>
+      <c r="X26" s="18"/>
+      <c r="Y26" s="18"/>
+      <c r="Z26" s="18"/>
+      <c r="AA26" s="18"/>
+      <c r="AB26" s="18"/>
+      <c r="AC26" s="18"/>
+      <c r="AD26" s="18"/>
+      <c r="AE26" s="18"/>
+      <c r="AF26" s="18"/>
+      <c r="AG26" s="18"/>
+      <c r="AH26" s="18"/>
+      <c r="AI26" s="18"/>
+      <c r="AJ26" s="18"/>
+      <c r="AK26" s="18"/>
+      <c r="AL26" s="18"/>
+      <c r="AM26" s="18"/>
+      <c r="AN26" s="18"/>
+      <c r="AO26" s="18"/>
+      <c r="AP26" s="18"/>
+      <c r="AQ26" s="18"/>
+      <c r="AR26" s="18"/>
+      <c r="AS26" s="18"/>
+      <c r="AT26" s="18"/>
+      <c r="AU26" s="18"/>
+      <c r="AV26" s="18"/>
+      <c r="AW26" s="18"/>
+      <c r="AX26" s="18"/>
+      <c r="AY26" s="18"/>
+      <c r="AZ26" s="18"/>
+      <c r="BA26" s="18"/>
+    </row>
+    <row r="27" spans="1:53" s="19" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D27" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="26">
+        <v>7.33</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G27" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H27" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I27" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J27" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K27" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L27" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M27" s="18"/>
+      <c r="N27" s="18"/>
+      <c r="O27" s="18"/>
+      <c r="P27" s="18"/>
+      <c r="Q27" s="18"/>
+      <c r="R27" s="18"/>
+      <c r="S27" s="18"/>
+      <c r="T27" s="18"/>
+      <c r="U27" s="18"/>
+      <c r="V27" s="18"/>
+      <c r="W27" s="18"/>
+      <c r="X27" s="18"/>
+      <c r="Y27" s="18"/>
+      <c r="Z27" s="18"/>
+      <c r="AA27" s="18"/>
+      <c r="AB27" s="18"/>
+      <c r="AC27" s="18"/>
+      <c r="AD27" s="18"/>
+      <c r="AE27" s="18"/>
+      <c r="AF27" s="18"/>
+      <c r="AG27" s="18"/>
+      <c r="AH27" s="18"/>
+      <c r="AI27" s="18"/>
+      <c r="AJ27" s="18"/>
+      <c r="AK27" s="18"/>
+      <c r="AL27" s="18"/>
+      <c r="AM27" s="18"/>
+      <c r="AN27" s="18"/>
+      <c r="AO27" s="18"/>
+      <c r="AP27" s="18"/>
+      <c r="AQ27" s="18"/>
+      <c r="AR27" s="18"/>
+      <c r="AS27" s="18"/>
+      <c r="AT27" s="18"/>
+      <c r="AU27" s="18"/>
+      <c r="AV27" s="18"/>
+      <c r="AW27" s="18"/>
+      <c r="AX27" s="18"/>
+      <c r="AY27" s="18"/>
+      <c r="AZ27" s="18"/>
+      <c r="BA27" s="18"/>
+    </row>
+    <row r="28" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D28" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="E28" s="26">
+        <v>14.1</v>
+      </c>
+      <c r="F28" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G28" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H28" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I28" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J28" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K28" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L28" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M28" s="18"/>
+      <c r="N28" s="18"/>
+      <c r="O28" s="18"/>
+      <c r="P28" s="18"/>
+      <c r="Q28" s="18"/>
+      <c r="R28" s="18"/>
+      <c r="S28" s="18"/>
+      <c r="T28" s="18"/>
+      <c r="U28" s="18"/>
+      <c r="V28" s="18"/>
+      <c r="W28" s="18"/>
+      <c r="X28" s="18"/>
+      <c r="Y28" s="18"/>
+      <c r="Z28" s="18"/>
+      <c r="AA28" s="18"/>
+      <c r="AB28" s="18"/>
+      <c r="AC28" s="18"/>
+      <c r="AD28" s="18"/>
+      <c r="AE28" s="18"/>
+      <c r="AF28" s="18"/>
+      <c r="AG28" s="18"/>
+      <c r="AH28" s="18"/>
+      <c r="AI28" s="18"/>
+      <c r="AJ28" s="18"/>
+      <c r="AK28" s="18"/>
+      <c r="AL28" s="18"/>
+      <c r="AM28" s="18"/>
+      <c r="AN28" s="18"/>
+      <c r="AO28" s="18"/>
+      <c r="AP28" s="18"/>
+      <c r="AQ28" s="18"/>
+      <c r="AR28" s="18"/>
+      <c r="AS28" s="18"/>
+      <c r="AT28" s="18"/>
+      <c r="AU28" s="18"/>
+      <c r="AV28" s="18"/>
+      <c r="AW28" s="18"/>
+      <c r="AX28" s="18"/>
+      <c r="AY28" s="18"/>
+      <c r="AZ28" s="18"/>
+      <c r="BA28" s="18"/>
+    </row>
+    <row r="29" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D29" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E29" s="26">
+        <v>17.14</v>
+      </c>
+      <c r="F29" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G29" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H29" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I29" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J29" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K29" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L29" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M29" s="18"/>
+      <c r="N29" s="18"/>
+      <c r="O29" s="18"/>
+      <c r="P29" s="18"/>
+      <c r="Q29" s="18"/>
+      <c r="R29" s="18"/>
+      <c r="S29" s="18"/>
+      <c r="T29" s="18"/>
+      <c r="U29" s="18"/>
+      <c r="V29" s="18"/>
+      <c r="W29" s="18"/>
+      <c r="X29" s="18"/>
+      <c r="Y29" s="18"/>
+      <c r="Z29" s="18"/>
+      <c r="AA29" s="18"/>
+      <c r="AB29" s="18"/>
+      <c r="AC29" s="18"/>
+      <c r="AD29" s="18"/>
+      <c r="AE29" s="18"/>
+      <c r="AF29" s="18"/>
+      <c r="AG29" s="18"/>
+      <c r="AH29" s="18"/>
+      <c r="AI29" s="18"/>
+      <c r="AJ29" s="18"/>
+      <c r="AK29" s="18"/>
+      <c r="AL29" s="18"/>
+      <c r="AM29" s="18"/>
+      <c r="AN29" s="18"/>
+      <c r="AO29" s="18"/>
+      <c r="AP29" s="18"/>
+      <c r="AQ29" s="18"/>
+      <c r="AR29" s="18"/>
+      <c r="AS29" s="18"/>
+      <c r="AT29" s="18"/>
+      <c r="AU29" s="18"/>
+      <c r="AV29" s="18"/>
+      <c r="AW29" s="18"/>
+      <c r="AX29" s="18"/>
+      <c r="AY29" s="18"/>
+      <c r="AZ29" s="18"/>
+      <c r="BA29" s="18"/>
+    </row>
+    <row r="30" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D30" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="E30" s="26">
+        <v>17.59</v>
+      </c>
+      <c r="F30" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G30" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H30" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I30" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J30" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K30" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L30" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M30" s="18"/>
+      <c r="N30" s="18"/>
+      <c r="O30" s="18"/>
+      <c r="P30" s="18"/>
+      <c r="Q30" s="18"/>
+      <c r="R30" s="18"/>
+      <c r="S30" s="18"/>
+      <c r="T30" s="18"/>
+      <c r="U30" s="18"/>
+      <c r="V30" s="18"/>
+      <c r="W30" s="18"/>
+      <c r="X30" s="18"/>
+      <c r="Y30" s="18"/>
+      <c r="Z30" s="18"/>
+      <c r="AA30" s="18"/>
+      <c r="AB30" s="18"/>
+      <c r="AC30" s="18"/>
+      <c r="AD30" s="18"/>
+      <c r="AE30" s="18"/>
+      <c r="AF30" s="18"/>
+      <c r="AG30" s="18"/>
+      <c r="AH30" s="18"/>
+      <c r="AI30" s="18"/>
+      <c r="AJ30" s="18"/>
+      <c r="AK30" s="18"/>
+      <c r="AL30" s="18"/>
+      <c r="AM30" s="18"/>
+      <c r="AN30" s="18"/>
+      <c r="AO30" s="18"/>
+      <c r="AP30" s="18"/>
+      <c r="AQ30" s="18"/>
+      <c r="AR30" s="18"/>
+      <c r="AS30" s="18"/>
+      <c r="AT30" s="18"/>
+      <c r="AU30" s="18"/>
+      <c r="AV30" s="18"/>
+      <c r="AW30" s="18"/>
+      <c r="AX30" s="18"/>
+      <c r="AY30" s="18"/>
+      <c r="AZ30" s="18"/>
+      <c r="BA30" s="18"/>
+    </row>
+    <row r="31" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D31" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E31" s="26">
+        <v>24.03</v>
+      </c>
+      <c r="F31" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G31" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H31" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I31" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J31" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K31" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L31" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="M31" s="18"/>
+      <c r="N31" s="18"/>
+      <c r="O31" s="18"/>
+      <c r="P31" s="18"/>
+      <c r="Q31" s="18"/>
+      <c r="R31" s="18"/>
+      <c r="S31" s="18"/>
+      <c r="T31" s="18"/>
+      <c r="U31" s="18"/>
+      <c r="V31" s="18"/>
+      <c r="W31" s="18"/>
+      <c r="X31" s="18"/>
+      <c r="Y31" s="18"/>
+      <c r="Z31" s="18"/>
+      <c r="AA31" s="18"/>
+      <c r="AB31" s="18"/>
+      <c r="AC31" s="18"/>
+      <c r="AD31" s="18"/>
+      <c r="AE31" s="18"/>
+      <c r="AF31" s="18"/>
+      <c r="AG31" s="18"/>
+      <c r="AH31" s="18"/>
+      <c r="AI31" s="18"/>
+      <c r="AJ31" s="18"/>
+      <c r="AK31" s="18"/>
+      <c r="AL31" s="18"/>
+      <c r="AM31" s="18"/>
+      <c r="AN31" s="18"/>
+      <c r="AO31" s="18"/>
+      <c r="AP31" s="18"/>
+      <c r="AQ31" s="18"/>
+      <c r="AR31" s="18"/>
+      <c r="AS31" s="18"/>
+      <c r="AT31" s="18"/>
+      <c r="AU31" s="18"/>
+      <c r="AV31" s="18"/>
+      <c r="AW31" s="18"/>
+      <c r="AX31" s="18"/>
+      <c r="AY31" s="18"/>
+      <c r="AZ31" s="18"/>
+      <c r="BA31" s="18"/>
+    </row>
+    <row r="32" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D32" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E32" s="26">
+        <v>25.07</v>
+      </c>
+      <c r="F32" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G32" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H32" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I32" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J32" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K32" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L32" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M32" s="18"/>
+      <c r="N32" s="18"/>
+      <c r="O32" s="18"/>
+      <c r="P32" s="18"/>
+      <c r="Q32" s="18"/>
+      <c r="R32" s="18"/>
+      <c r="S32" s="18"/>
+      <c r="T32" s="18"/>
+      <c r="U32" s="18"/>
+      <c r="V32" s="18"/>
+      <c r="W32" s="18"/>
+      <c r="X32" s="18"/>
+      <c r="Y32" s="18"/>
+      <c r="Z32" s="18"/>
+      <c r="AA32" s="18"/>
+      <c r="AB32" s="18"/>
+      <c r="AC32" s="18"/>
+      <c r="AD32" s="18"/>
+      <c r="AE32" s="18"/>
+      <c r="AF32" s="18"/>
+      <c r="AG32" s="18"/>
+      <c r="AH32" s="18"/>
+      <c r="AI32" s="18"/>
+      <c r="AJ32" s="18"/>
+      <c r="AK32" s="18"/>
+      <c r="AL32" s="18"/>
+      <c r="AM32" s="18"/>
+      <c r="AN32" s="18"/>
+      <c r="AO32" s="18"/>
+      <c r="AP32" s="18"/>
+      <c r="AQ32" s="18"/>
+      <c r="AR32" s="18"/>
+      <c r="AS32" s="18"/>
+      <c r="AT32" s="18"/>
+      <c r="AU32" s="18"/>
+      <c r="AV32" s="18"/>
+      <c r="AW32" s="18"/>
+      <c r="AX32" s="18"/>
+      <c r="AY32" s="18"/>
+      <c r="AZ32" s="18"/>
+      <c r="BA32" s="18"/>
+    </row>
+    <row r="33" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D33" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E33" s="26">
+        <v>26.98</v>
+      </c>
+      <c r="F33" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G33" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H33" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I33" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J33" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K33" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L33" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M33" s="18"/>
+      <c r="N33" s="18"/>
+      <c r="O33" s="18"/>
+      <c r="P33" s="18"/>
+      <c r="Q33" s="18"/>
+      <c r="R33" s="18"/>
+      <c r="S33" s="18"/>
+      <c r="T33" s="18"/>
+      <c r="U33" s="18"/>
+      <c r="V33" s="18"/>
+      <c r="W33" s="18"/>
+      <c r="X33" s="18"/>
+      <c r="Y33" s="18"/>
+      <c r="Z33" s="18"/>
+      <c r="AA33" s="18"/>
+      <c r="AB33" s="18"/>
+      <c r="AC33" s="18"/>
+      <c r="AD33" s="18"/>
+      <c r="AE33" s="18"/>
+      <c r="AF33" s="18"/>
+      <c r="AG33" s="18"/>
+      <c r="AH33" s="18"/>
+      <c r="AI33" s="18"/>
+      <c r="AJ33" s="18"/>
+      <c r="AK33" s="18"/>
+      <c r="AL33" s="18"/>
+      <c r="AM33" s="18"/>
+      <c r="AN33" s="18"/>
+      <c r="AO33" s="18"/>
+      <c r="AP33" s="18"/>
+      <c r="AQ33" s="18"/>
+      <c r="AR33" s="18"/>
+      <c r="AS33" s="18"/>
+      <c r="AT33" s="18"/>
+      <c r="AU33" s="18"/>
+      <c r="AV33" s="18"/>
+      <c r="AW33" s="18"/>
+      <c r="AX33" s="18"/>
+      <c r="AY33" s="18"/>
+      <c r="AZ33" s="18"/>
+      <c r="BA33" s="18"/>
+    </row>
+    <row r="34" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D34" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="E34" s="26">
+        <v>4.3</v>
+      </c>
+      <c r="F34" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G34" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H34" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I34" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J34" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K34" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L34" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M34" s="18"/>
+      <c r="N34" s="18"/>
+      <c r="O34" s="18"/>
+      <c r="P34" s="18"/>
+      <c r="Q34" s="18"/>
+      <c r="R34" s="18"/>
+      <c r="S34" s="18"/>
+      <c r="T34" s="18"/>
+      <c r="U34" s="18"/>
+      <c r="V34" s="18"/>
+      <c r="W34" s="18"/>
+      <c r="X34" s="18"/>
+      <c r="Y34" s="18"/>
+      <c r="Z34" s="18"/>
+      <c r="AA34" s="18"/>
+      <c r="AB34" s="18"/>
+      <c r="AC34" s="18"/>
+      <c r="AD34" s="18"/>
+      <c r="AE34" s="18"/>
+      <c r="AF34" s="18"/>
+      <c r="AG34" s="18"/>
+      <c r="AH34" s="18"/>
+      <c r="AI34" s="18"/>
+      <c r="AJ34" s="18"/>
+      <c r="AK34" s="18"/>
+      <c r="AL34" s="18"/>
+      <c r="AM34" s="18"/>
+      <c r="AN34" s="18"/>
+      <c r="AO34" s="18"/>
+      <c r="AP34" s="18"/>
+      <c r="AQ34" s="18"/>
+      <c r="AR34" s="18"/>
+      <c r="AS34" s="18"/>
+      <c r="AT34" s="18"/>
+      <c r="AU34" s="18"/>
+      <c r="AV34" s="18"/>
+      <c r="AW34" s="18"/>
+      <c r="AX34" s="18"/>
+      <c r="AY34" s="18"/>
+      <c r="AZ34" s="18"/>
+      <c r="BA34" s="18"/>
+    </row>
+    <row r="35" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D35" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E35" s="26">
+        <v>2.89</v>
+      </c>
+      <c r="F35" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G35" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H35" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I35" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J35" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K35" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L35" s="23" t="s">
+        <v>691</v>
+      </c>
+      <c r="M35" s="18"/>
+      <c r="N35" s="18"/>
+      <c r="O35" s="18"/>
+      <c r="P35" s="18"/>
+      <c r="Q35" s="18"/>
+      <c r="R35" s="18"/>
+      <c r="S35" s="18"/>
+      <c r="T35" s="18"/>
+      <c r="U35" s="18"/>
+      <c r="V35" s="18"/>
+      <c r="W35" s="18"/>
+      <c r="X35" s="18"/>
+      <c r="Y35" s="18"/>
+      <c r="Z35" s="18"/>
+      <c r="AA35" s="18"/>
+      <c r="AB35" s="18"/>
+      <c r="AC35" s="18"/>
+      <c r="AD35" s="18"/>
+      <c r="AE35" s="18"/>
+      <c r="AF35" s="18"/>
+      <c r="AG35" s="18"/>
+      <c r="AH35" s="18"/>
+      <c r="AI35" s="18"/>
+      <c r="AJ35" s="18"/>
+      <c r="AK35" s="18"/>
+      <c r="AL35" s="18"/>
+      <c r="AM35" s="18"/>
+      <c r="AN35" s="18"/>
+      <c r="AO35" s="18"/>
+      <c r="AP35" s="18"/>
+      <c r="AQ35" s="18"/>
+      <c r="AR35" s="18"/>
+      <c r="AS35" s="18"/>
+      <c r="AT35" s="18"/>
+      <c r="AU35" s="18"/>
+      <c r="AV35" s="18"/>
+      <c r="AW35" s="18"/>
+      <c r="AX35" s="18"/>
+      <c r="AY35" s="18"/>
+      <c r="AZ35" s="18"/>
+      <c r="BA35" s="18"/>
+    </row>
+    <row r="36" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D36" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E36" s="26">
+        <v>9.35</v>
+      </c>
+      <c r="F36" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G36" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H36" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I36" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J36" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K36" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L36" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M36" s="18"/>
+      <c r="N36" s="18"/>
+      <c r="O36" s="18"/>
+      <c r="P36" s="18"/>
+      <c r="Q36" s="18"/>
+      <c r="R36" s="18"/>
+      <c r="S36" s="18"/>
+      <c r="T36" s="18"/>
+      <c r="U36" s="18"/>
+      <c r="V36" s="18"/>
+      <c r="W36" s="18"/>
+      <c r="X36" s="18"/>
+      <c r="Y36" s="18"/>
+      <c r="Z36" s="18"/>
+      <c r="AA36" s="18"/>
+      <c r="AB36" s="18"/>
+      <c r="AC36" s="18"/>
+      <c r="AD36" s="18"/>
+      <c r="AE36" s="18"/>
+      <c r="AF36" s="18"/>
+      <c r="AG36" s="18"/>
+      <c r="AH36" s="18"/>
+      <c r="AI36" s="18"/>
+      <c r="AJ36" s="18"/>
+      <c r="AK36" s="18"/>
+      <c r="AL36" s="18"/>
+      <c r="AM36" s="18"/>
+      <c r="AN36" s="18"/>
+      <c r="AO36" s="18"/>
+      <c r="AP36" s="18"/>
+      <c r="AQ36" s="18"/>
+      <c r="AR36" s="18"/>
+      <c r="AS36" s="18"/>
+      <c r="AT36" s="18"/>
+      <c r="AU36" s="18"/>
+      <c r="AV36" s="18"/>
+      <c r="AW36" s="18"/>
+      <c r="AX36" s="18"/>
+      <c r="AY36" s="18"/>
+      <c r="AZ36" s="18"/>
+      <c r="BA36" s="18"/>
+    </row>
+    <row r="37" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D37" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E37" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G37" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H37" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I37" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J37" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K37" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L37" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="M37" s="18"/>
+      <c r="N37" s="18"/>
+      <c r="O37" s="18"/>
+      <c r="P37" s="18"/>
+      <c r="Q37" s="18"/>
+      <c r="R37" s="18"/>
+      <c r="S37" s="18"/>
+      <c r="T37" s="18"/>
+      <c r="U37" s="18"/>
+      <c r="V37" s="18"/>
+      <c r="W37" s="18"/>
+      <c r="X37" s="18"/>
+      <c r="Y37" s="18"/>
+      <c r="Z37" s="18"/>
+      <c r="AA37" s="18"/>
+      <c r="AB37" s="18"/>
+      <c r="AC37" s="18"/>
+      <c r="AD37" s="18"/>
+      <c r="AE37" s="18"/>
+      <c r="AF37" s="18"/>
+      <c r="AG37" s="18"/>
+      <c r="AH37" s="18"/>
+      <c r="AI37" s="18"/>
+      <c r="AJ37" s="18"/>
+      <c r="AK37" s="18"/>
+      <c r="AL37" s="18"/>
+      <c r="AM37" s="18"/>
+      <c r="AN37" s="18"/>
+      <c r="AO37" s="18"/>
+      <c r="AP37" s="18"/>
+      <c r="AQ37" s="18"/>
+      <c r="AR37" s="18"/>
+      <c r="AS37" s="18"/>
+      <c r="AT37" s="18"/>
+      <c r="AU37" s="18"/>
+      <c r="AV37" s="18"/>
+      <c r="AW37" s="18"/>
+      <c r="AX37" s="18"/>
+      <c r="AY37" s="18"/>
+      <c r="AZ37" s="18"/>
+      <c r="BA37" s="18"/>
+    </row>
+    <row r="38" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D38" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E38" s="26">
+        <v>9.93</v>
+      </c>
+      <c r="F38" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G38" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H38" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I38" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J38" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K38" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L38" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M38" s="18"/>
+      <c r="N38" s="18"/>
+      <c r="O38" s="18"/>
+      <c r="P38" s="18"/>
+      <c r="Q38" s="18"/>
+      <c r="R38" s="18"/>
+      <c r="S38" s="18"/>
+      <c r="T38" s="18"/>
+      <c r="U38" s="18"/>
+      <c r="V38" s="18"/>
+      <c r="W38" s="18"/>
+      <c r="X38" s="18"/>
+      <c r="Y38" s="18"/>
+      <c r="Z38" s="18"/>
+      <c r="AA38" s="18"/>
+      <c r="AB38" s="18"/>
+      <c r="AC38" s="18"/>
+      <c r="AD38" s="18"/>
+      <c r="AE38" s="18"/>
+      <c r="AF38" s="18"/>
+      <c r="AG38" s="18"/>
+      <c r="AH38" s="18"/>
+      <c r="AI38" s="18"/>
+      <c r="AJ38" s="18"/>
+      <c r="AK38" s="18"/>
+      <c r="AL38" s="18"/>
+      <c r="AM38" s="18"/>
+      <c r="AN38" s="18"/>
+      <c r="AO38" s="18"/>
+      <c r="AP38" s="18"/>
+      <c r="AQ38" s="18"/>
+      <c r="AR38" s="18"/>
+      <c r="AS38" s="18"/>
+      <c r="AT38" s="18"/>
+      <c r="AU38" s="18"/>
+      <c r="AV38" s="18"/>
+      <c r="AW38" s="18"/>
+      <c r="AX38" s="18"/>
+      <c r="AY38" s="18"/>
+      <c r="AZ38" s="18"/>
+      <c r="BA38" s="18"/>
+    </row>
+    <row r="39" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D39" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G39" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H39" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I39" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J39" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K39" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L39" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M39" s="18"/>
+      <c r="N39" s="18"/>
+      <c r="O39" s="18"/>
+      <c r="P39" s="18"/>
+      <c r="Q39" s="18"/>
+      <c r="R39" s="18"/>
+      <c r="S39" s="18"/>
+      <c r="T39" s="18"/>
+      <c r="U39" s="18"/>
+      <c r="V39" s="18"/>
+      <c r="W39" s="18"/>
+      <c r="X39" s="18"/>
+      <c r="Y39" s="18"/>
+      <c r="Z39" s="18"/>
+      <c r="AA39" s="18"/>
+      <c r="AB39" s="18"/>
+      <c r="AC39" s="18"/>
+      <c r="AD39" s="18"/>
+      <c r="AE39" s="18"/>
+      <c r="AF39" s="18"/>
+      <c r="AG39" s="18"/>
+      <c r="AH39" s="18"/>
+      <c r="AI39" s="18"/>
+      <c r="AJ39" s="18"/>
+      <c r="AK39" s="18"/>
+      <c r="AL39" s="18"/>
+      <c r="AM39" s="18"/>
+      <c r="AN39" s="18"/>
+      <c r="AO39" s="18"/>
+      <c r="AP39" s="18"/>
+      <c r="AQ39" s="18"/>
+      <c r="AR39" s="18"/>
+      <c r="AS39" s="18"/>
+      <c r="AT39" s="18"/>
+      <c r="AU39" s="18"/>
+      <c r="AV39" s="18"/>
+      <c r="AW39" s="18"/>
+      <c r="AX39" s="18"/>
+      <c r="AY39" s="18"/>
+      <c r="AZ39" s="18"/>
+      <c r="BA39" s="18"/>
+    </row>
+    <row r="40" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D40" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E40" s="26">
+        <v>3.02</v>
+      </c>
+      <c r="F40" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G40" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H40" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="I40" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J40" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K40" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L40" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M40" s="18"/>
+      <c r="N40" s="18"/>
+      <c r="O40" s="18"/>
+      <c r="P40" s="18"/>
+      <c r="Q40" s="18"/>
+      <c r="R40" s="18"/>
+      <c r="S40" s="18"/>
+      <c r="T40" s="18"/>
+      <c r="U40" s="18"/>
+      <c r="V40" s="18"/>
+      <c r="W40" s="18"/>
+      <c r="X40" s="18"/>
+      <c r="Y40" s="18"/>
+      <c r="Z40" s="18"/>
+      <c r="AA40" s="18"/>
+      <c r="AB40" s="18"/>
+      <c r="AC40" s="18"/>
+      <c r="AD40" s="18"/>
+      <c r="AE40" s="18"/>
+      <c r="AF40" s="18"/>
+      <c r="AG40" s="18"/>
+      <c r="AH40" s="18"/>
+      <c r="AI40" s="18"/>
+      <c r="AJ40" s="18"/>
+      <c r="AK40" s="18"/>
+      <c r="AL40" s="18"/>
+      <c r="AM40" s="18"/>
+      <c r="AN40" s="18"/>
+      <c r="AO40" s="18"/>
+      <c r="AP40" s="18"/>
+      <c r="AQ40" s="18"/>
+      <c r="AR40" s="18"/>
+      <c r="AS40" s="18"/>
+      <c r="AT40" s="18"/>
+      <c r="AU40" s="18"/>
+      <c r="AV40" s="18"/>
+      <c r="AW40" s="18"/>
+      <c r="AX40" s="18"/>
+      <c r="AY40" s="18"/>
+      <c r="AZ40" s="18"/>
+      <c r="BA40" s="18"/>
+    </row>
+    <row r="41" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B41" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D41" s="11" t="s">
+        <v>626</v>
+      </c>
+      <c r="E41" s="27">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F41" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G41" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H41" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="I41" s="11" t="s">
+        <v>791</v>
+      </c>
+      <c r="J41" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K41" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L41" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M41" s="18"/>
+      <c r="N41" s="18"/>
+      <c r="O41" s="18"/>
+      <c r="P41" s="18"/>
+      <c r="Q41" s="18"/>
+      <c r="R41" s="18"/>
+      <c r="S41" s="18"/>
+      <c r="T41" s="18"/>
+      <c r="U41" s="18"/>
+      <c r="V41" s="18"/>
+      <c r="W41" s="18"/>
+      <c r="X41" s="18"/>
+      <c r="Y41" s="18"/>
+      <c r="Z41" s="18"/>
+      <c r="AA41" s="18"/>
+      <c r="AB41" s="18"/>
+      <c r="AC41" s="18"/>
+      <c r="AD41" s="18"/>
+      <c r="AE41" s="18"/>
+      <c r="AF41" s="18"/>
+      <c r="AG41" s="18"/>
+      <c r="AH41" s="18"/>
+      <c r="AI41" s="18"/>
+      <c r="AJ41" s="18"/>
+      <c r="AK41" s="18"/>
+      <c r="AL41" s="18"/>
+      <c r="AM41" s="18"/>
+      <c r="AN41" s="18"/>
+      <c r="AO41" s="18"/>
+      <c r="AP41" s="18"/>
+      <c r="AQ41" s="18"/>
+      <c r="AR41" s="18"/>
+      <c r="AS41" s="18"/>
+      <c r="AT41" s="18"/>
+      <c r="AU41" s="18"/>
+      <c r="AV41" s="18"/>
+      <c r="AW41" s="18"/>
+      <c r="AX41" s="18"/>
+      <c r="AY41" s="18"/>
+      <c r="AZ41" s="18"/>
+      <c r="BA41" s="18"/>
+    </row>
+    <row r="42" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D42" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E42" s="26">
+        <v>7.5</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G42" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I42" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J42" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K42" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L42" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M42" s="18"/>
+      <c r="N42" s="18"/>
+      <c r="O42" s="18"/>
+      <c r="P42" s="18"/>
+      <c r="Q42" s="18"/>
+      <c r="R42" s="18"/>
+      <c r="S42" s="18"/>
+      <c r="T42" s="18"/>
+      <c r="U42" s="18"/>
+      <c r="V42" s="18"/>
+      <c r="W42" s="18"/>
+      <c r="X42" s="18"/>
+      <c r="Y42" s="18"/>
+      <c r="Z42" s="18"/>
+      <c r="AA42" s="18"/>
+      <c r="AB42" s="18"/>
+      <c r="AC42" s="18"/>
+      <c r="AD42" s="18"/>
+      <c r="AE42" s="18"/>
+      <c r="AF42" s="18"/>
+      <c r="AG42" s="18"/>
+      <c r="AH42" s="18"/>
+      <c r="AI42" s="18"/>
+      <c r="AJ42" s="18"/>
+      <c r="AK42" s="18"/>
+      <c r="AL42" s="18"/>
+      <c r="AM42" s="18"/>
+      <c r="AN42" s="18"/>
+      <c r="AO42" s="18"/>
+      <c r="AP42" s="18"/>
+      <c r="AQ42" s="18"/>
+      <c r="AR42" s="18"/>
+      <c r="AS42" s="18"/>
+      <c r="AT42" s="18"/>
+      <c r="AU42" s="18"/>
+      <c r="AV42" s="18"/>
+      <c r="AW42" s="18"/>
+      <c r="AX42" s="18"/>
+      <c r="AY42" s="18"/>
+      <c r="AZ42" s="18"/>
+      <c r="BA42" s="18"/>
+    </row>
+    <row r="43" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D43" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E43" s="26">
+        <v>4.68</v>
+      </c>
+      <c r="F43" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G43" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H43" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I43" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J43" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K43" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L43" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="M43" s="18"/>
+      <c r="N43" s="18"/>
+      <c r="O43" s="18"/>
+      <c r="P43" s="18"/>
+      <c r="Q43" s="18"/>
+      <c r="R43" s="18"/>
+      <c r="S43" s="18"/>
+      <c r="T43" s="18"/>
+      <c r="U43" s="18"/>
+      <c r="V43" s="18"/>
+      <c r="W43" s="18"/>
+      <c r="X43" s="18"/>
+      <c r="Y43" s="18"/>
+      <c r="Z43" s="18"/>
+      <c r="AA43" s="18"/>
+      <c r="AB43" s="18"/>
+      <c r="AC43" s="18"/>
+      <c r="AD43" s="18"/>
+      <c r="AE43" s="18"/>
+      <c r="AF43" s="18"/>
+      <c r="AG43" s="18"/>
+      <c r="AH43" s="18"/>
+      <c r="AI43" s="18"/>
+      <c r="AJ43" s="18"/>
+      <c r="AK43" s="18"/>
+      <c r="AL43" s="18"/>
+      <c r="AM43" s="18"/>
+      <c r="AN43" s="18"/>
+      <c r="AO43" s="18"/>
+      <c r="AP43" s="18"/>
+      <c r="AQ43" s="18"/>
+      <c r="AR43" s="18"/>
+      <c r="AS43" s="18"/>
+      <c r="AT43" s="18"/>
+      <c r="AU43" s="18"/>
+      <c r="AV43" s="18"/>
+      <c r="AW43" s="18"/>
+      <c r="AX43" s="18"/>
+      <c r="AY43" s="18"/>
+      <c r="AZ43" s="18"/>
+      <c r="BA43" s="18"/>
+    </row>
+    <row r="44" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D44" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E44" s="26">
+        <v>9.32</v>
+      </c>
+      <c r="F44" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G44" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H44" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="I44" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J44" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K44" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L44" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M44" s="18"/>
+      <c r="N44" s="18"/>
+      <c r="O44" s="18"/>
+      <c r="P44" s="18"/>
+      <c r="Q44" s="18"/>
+      <c r="R44" s="18"/>
+      <c r="S44" s="18"/>
+      <c r="T44" s="18"/>
+      <c r="U44" s="18"/>
+      <c r="V44" s="18"/>
+      <c r="W44" s="18"/>
+      <c r="X44" s="18"/>
+      <c r="Y44" s="18"/>
+      <c r="Z44" s="18"/>
+      <c r="AA44" s="18"/>
+      <c r="AB44" s="18"/>
+      <c r="AC44" s="18"/>
+      <c r="AD44" s="18"/>
+      <c r="AE44" s="18"/>
+      <c r="AF44" s="18"/>
+      <c r="AG44" s="18"/>
+      <c r="AH44" s="18"/>
+      <c r="AI44" s="18"/>
+      <c r="AJ44" s="18"/>
+      <c r="AK44" s="18"/>
+      <c r="AL44" s="18"/>
+      <c r="AM44" s="18"/>
+      <c r="AN44" s="18"/>
+      <c r="AO44" s="18"/>
+      <c r="AP44" s="18"/>
+      <c r="AQ44" s="18"/>
+      <c r="AR44" s="18"/>
+      <c r="AS44" s="18"/>
+      <c r="AT44" s="18"/>
+      <c r="AU44" s="18"/>
+      <c r="AV44" s="18"/>
+      <c r="AW44" s="18"/>
+      <c r="AX44" s="18"/>
+      <c r="AY44" s="18"/>
+      <c r="AZ44" s="18"/>
+      <c r="BA44" s="18"/>
+    </row>
+    <row r="45" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D45" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E45" s="26">
+        <v>23</v>
+      </c>
+      <c r="F45" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G45" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H45" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="I45" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J45" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K45" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L45" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M45" s="18"/>
+      <c r="N45" s="18"/>
+      <c r="O45" s="18"/>
+      <c r="P45" s="18"/>
+      <c r="Q45" s="18"/>
+      <c r="R45" s="18"/>
+      <c r="S45" s="18"/>
+      <c r="T45" s="18"/>
+      <c r="U45" s="18"/>
+      <c r="V45" s="18"/>
+      <c r="W45" s="18"/>
+      <c r="X45" s="18"/>
+      <c r="Y45" s="18"/>
+      <c r="Z45" s="18"/>
+      <c r="AA45" s="18"/>
+      <c r="AB45" s="18"/>
+      <c r="AC45" s="18"/>
+      <c r="AD45" s="18"/>
+      <c r="AE45" s="18"/>
+      <c r="AF45" s="18"/>
+      <c r="AG45" s="18"/>
+      <c r="AH45" s="18"/>
+      <c r="AI45" s="18"/>
+      <c r="AJ45" s="18"/>
+      <c r="AK45" s="18"/>
+      <c r="AL45" s="18"/>
+      <c r="AM45" s="18"/>
+      <c r="AN45" s="18"/>
+      <c r="AO45" s="18"/>
+      <c r="AP45" s="18"/>
+      <c r="AQ45" s="18"/>
+      <c r="AR45" s="18"/>
+      <c r="AS45" s="18"/>
+      <c r="AT45" s="18"/>
+      <c r="AU45" s="18"/>
+      <c r="AV45" s="18"/>
+      <c r="AW45" s="18"/>
+      <c r="AX45" s="18"/>
+      <c r="AY45" s="18"/>
+      <c r="AZ45" s="18"/>
+      <c r="BA45" s="18"/>
+    </row>
+    <row r="46" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D46" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E46" s="26">
+        <v>13</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G46" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H46" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="I46" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J46" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K46" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L46" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M46" s="18"/>
+      <c r="N46" s="18"/>
+      <c r="O46" s="18"/>
+      <c r="P46" s="18"/>
+      <c r="Q46" s="18"/>
+      <c r="R46" s="18"/>
+      <c r="S46" s="18"/>
+      <c r="T46" s="18"/>
+      <c r="U46" s="18"/>
+      <c r="V46" s="18"/>
+      <c r="W46" s="18"/>
+      <c r="X46" s="18"/>
+      <c r="Y46" s="18"/>
+      <c r="Z46" s="18"/>
+      <c r="AA46" s="18"/>
+      <c r="AB46" s="18"/>
+      <c r="AC46" s="18"/>
+      <c r="AD46" s="18"/>
+      <c r="AE46" s="18"/>
+      <c r="AF46" s="18"/>
+      <c r="AG46" s="18"/>
+      <c r="AH46" s="18"/>
+      <c r="AI46" s="18"/>
+      <c r="AJ46" s="18"/>
+      <c r="AK46" s="18"/>
+      <c r="AL46" s="18"/>
+      <c r="AM46" s="18"/>
+      <c r="AN46" s="18"/>
+      <c r="AO46" s="18"/>
+      <c r="AP46" s="18"/>
+      <c r="AQ46" s="18"/>
+      <c r="AR46" s="18"/>
+      <c r="AS46" s="18"/>
+      <c r="AT46" s="18"/>
+      <c r="AU46" s="18"/>
+      <c r="AV46" s="18"/>
+      <c r="AW46" s="18"/>
+      <c r="AX46" s="18"/>
+      <c r="AY46" s="18"/>
+      <c r="AZ46" s="18"/>
+      <c r="BA46" s="18"/>
+    </row>
+    <row r="47" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D47" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E47" s="26">
+        <v>15</v>
+      </c>
+      <c r="F47" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G47" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H47" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="I47" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J47" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K47" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L47" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M47" s="18"/>
+      <c r="N47" s="18"/>
+      <c r="O47" s="18"/>
+      <c r="P47" s="18"/>
+      <c r="Q47" s="18"/>
+      <c r="R47" s="18"/>
+      <c r="S47" s="18"/>
+      <c r="T47" s="18"/>
+      <c r="U47" s="18"/>
+      <c r="V47" s="18"/>
+      <c r="W47" s="18"/>
+      <c r="X47" s="18"/>
+      <c r="Y47" s="18"/>
+      <c r="Z47" s="18"/>
+      <c r="AA47" s="18"/>
+      <c r="AB47" s="18"/>
+      <c r="AC47" s="18"/>
+      <c r="AD47" s="18"/>
+      <c r="AE47" s="18"/>
+      <c r="AF47" s="18"/>
+      <c r="AG47" s="18"/>
+      <c r="AH47" s="18"/>
+      <c r="AI47" s="18"/>
+      <c r="AJ47" s="18"/>
+      <c r="AK47" s="18"/>
+      <c r="AL47" s="18"/>
+      <c r="AM47" s="18"/>
+      <c r="AN47" s="18"/>
+      <c r="AO47" s="18"/>
+      <c r="AP47" s="18"/>
+      <c r="AQ47" s="18"/>
+      <c r="AR47" s="18"/>
+      <c r="AS47" s="18"/>
+      <c r="AT47" s="18"/>
+      <c r="AU47" s="18"/>
+      <c r="AV47" s="18"/>
+      <c r="AW47" s="18"/>
+      <c r="AX47" s="18"/>
+      <c r="AY47" s="18"/>
+      <c r="AZ47" s="18"/>
+      <c r="BA47" s="18"/>
+    </row>
+    <row r="48" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D48" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E48" s="26">
+        <v>1.5</v>
+      </c>
+      <c r="F48" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G48" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H48" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="I48" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J48" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K48" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L48" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M48" s="18"/>
+      <c r="N48" s="18"/>
+      <c r="O48" s="18"/>
+      <c r="P48" s="18"/>
+      <c r="Q48" s="18"/>
+      <c r="R48" s="18"/>
+      <c r="S48" s="18"/>
+      <c r="T48" s="18"/>
+      <c r="U48" s="18"/>
+      <c r="V48" s="18"/>
+      <c r="W48" s="18"/>
+      <c r="X48" s="18"/>
+      <c r="Y48" s="18"/>
+      <c r="Z48" s="18"/>
+      <c r="AA48" s="18"/>
+      <c r="AB48" s="18"/>
+      <c r="AC48" s="18"/>
+      <c r="AD48" s="18"/>
+      <c r="AE48" s="18"/>
+      <c r="AF48" s="18"/>
+      <c r="AG48" s="18"/>
+      <c r="AH48" s="18"/>
+      <c r="AI48" s="18"/>
+      <c r="AJ48" s="18"/>
+      <c r="AK48" s="18"/>
+      <c r="AL48" s="18"/>
+      <c r="AM48" s="18"/>
+      <c r="AN48" s="18"/>
+      <c r="AO48" s="18"/>
+      <c r="AP48" s="18"/>
+      <c r="AQ48" s="18"/>
+      <c r="AR48" s="18"/>
+      <c r="AS48" s="18"/>
+      <c r="AT48" s="18"/>
+      <c r="AU48" s="18"/>
+      <c r="AV48" s="18"/>
+      <c r="AW48" s="18"/>
+      <c r="AX48" s="18"/>
+      <c r="AY48" s="18"/>
+      <c r="AZ48" s="18"/>
+      <c r="BA48" s="18"/>
+    </row>
+    <row r="49" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D49" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E49" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="F49" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G49" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H49" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I49" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J49" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K49" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L49" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="M49" s="18"/>
+      <c r="N49" s="18"/>
+      <c r="O49" s="18"/>
+      <c r="P49" s="18"/>
+      <c r="Q49" s="18"/>
+      <c r="R49" s="18"/>
+      <c r="S49" s="18"/>
+      <c r="T49" s="18"/>
+      <c r="U49" s="18"/>
+      <c r="V49" s="18"/>
+      <c r="W49" s="18"/>
+      <c r="X49" s="18"/>
+      <c r="Y49" s="18"/>
+      <c r="Z49" s="18"/>
+      <c r="AA49" s="18"/>
+      <c r="AB49" s="18"/>
+      <c r="AC49" s="18"/>
+      <c r="AD49" s="18"/>
+      <c r="AE49" s="18"/>
+      <c r="AF49" s="18"/>
+      <c r="AG49" s="18"/>
+      <c r="AH49" s="18"/>
+      <c r="AI49" s="18"/>
+      <c r="AJ49" s="18"/>
+      <c r="AK49" s="18"/>
+      <c r="AL49" s="18"/>
+      <c r="AM49" s="18"/>
+      <c r="AN49" s="18"/>
+      <c r="AO49" s="18"/>
+      <c r="AP49" s="18"/>
+      <c r="AQ49" s="18"/>
+      <c r="AR49" s="18"/>
+      <c r="AS49" s="18"/>
+      <c r="AT49" s="18"/>
+      <c r="AU49" s="18"/>
+      <c r="AV49" s="18"/>
+      <c r="AW49" s="18"/>
+      <c r="AX49" s="18"/>
+      <c r="AY49" s="18"/>
+      <c r="AZ49" s="18"/>
+      <c r="BA49" s="18"/>
+    </row>
+    <row r="50" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D50" s="11" t="s">
+        <v>809</v>
+      </c>
+      <c r="E50" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="F50" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G50" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H50" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I50" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J50" s="25">
+        <v>46023</v>
+      </c>
+      <c r="K50" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="L50" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="M50" s="18"/>
+      <c r="N50" s="18"/>
+      <c r="O50" s="18"/>
+      <c r="P50" s="18"/>
+      <c r="Q50" s="18"/>
+      <c r="R50" s="18"/>
+      <c r="S50" s="18"/>
+      <c r="T50" s="18"/>
+      <c r="U50" s="18"/>
+      <c r="V50" s="18"/>
+      <c r="W50" s="18"/>
+      <c r="X50" s="18"/>
+      <c r="Y50" s="18"/>
+      <c r="Z50" s="18"/>
+      <c r="AA50" s="18"/>
+      <c r="AB50" s="18"/>
+      <c r="AC50" s="18"/>
+      <c r="AD50" s="18"/>
+      <c r="AE50" s="18"/>
+      <c r="AF50" s="18"/>
+      <c r="AG50" s="18"/>
+      <c r="AH50" s="18"/>
+      <c r="AI50" s="18"/>
+      <c r="AJ50" s="18"/>
+      <c r="AK50" s="18"/>
+      <c r="AL50" s="18"/>
+      <c r="AM50" s="18"/>
+      <c r="AN50" s="18"/>
+      <c r="AO50" s="18"/>
+      <c r="AP50" s="18"/>
+      <c r="AQ50" s="18"/>
+      <c r="AR50" s="18"/>
+      <c r="AS50" s="18"/>
+      <c r="AT50" s="18"/>
+      <c r="AU50" s="18"/>
+      <c r="AV50" s="18"/>
+      <c r="AW50" s="18"/>
+      <c r="AX50" s="18"/>
+      <c r="AY50" s="18"/>
+      <c r="AZ50" s="18"/>
+      <c r="BA50" s="18"/>
+    </row>
+    <row r="51" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D51" s="11" t="s">
+        <v>106</v>
+      </c>
+      <c r="E51" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="F51" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G51" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H51" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I51" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J51" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K51" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L51" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M51" s="18"/>
+      <c r="N51" s="18"/>
+      <c r="O51" s="18"/>
+      <c r="P51" s="18"/>
+      <c r="Q51" s="18"/>
+      <c r="R51" s="18"/>
+      <c r="S51" s="18"/>
+      <c r="T51" s="18"/>
+      <c r="U51" s="18"/>
+      <c r="V51" s="18"/>
+      <c r="W51" s="18"/>
+      <c r="X51" s="18"/>
+      <c r="Y51" s="18"/>
+      <c r="Z51" s="18"/>
+      <c r="AA51" s="18"/>
+      <c r="AB51" s="18"/>
+      <c r="AC51" s="18"/>
+      <c r="AD51" s="18"/>
+      <c r="AE51" s="18"/>
+      <c r="AF51" s="18"/>
+      <c r="AG51" s="18"/>
+      <c r="AH51" s="18"/>
+      <c r="AI51" s="18"/>
+      <c r="AJ51" s="18"/>
+      <c r="AK51" s="18"/>
+      <c r="AL51" s="18"/>
+      <c r="AM51" s="18"/>
+      <c r="AN51" s="18"/>
+      <c r="AO51" s="18"/>
+      <c r="AP51" s="18"/>
+      <c r="AQ51" s="18"/>
+      <c r="AR51" s="18"/>
+      <c r="AS51" s="18"/>
+      <c r="AT51" s="18"/>
+      <c r="AU51" s="18"/>
+      <c r="AV51" s="18"/>
+      <c r="AW51" s="18"/>
+      <c r="AX51" s="18"/>
+      <c r="AY51" s="18"/>
+      <c r="AZ51" s="18"/>
+      <c r="BA51" s="18"/>
+    </row>
+    <row r="52" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D52" s="11" t="s">
+        <v>811</v>
+      </c>
+      <c r="E52" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="F52" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G52" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H52" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I52" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J52" s="25">
+        <v>46023</v>
+      </c>
+      <c r="K52" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="L52" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="M52" s="18"/>
+      <c r="N52" s="18"/>
+      <c r="O52" s="18"/>
+      <c r="P52" s="18"/>
+      <c r="Q52" s="18"/>
+      <c r="R52" s="18"/>
+      <c r="S52" s="18"/>
+      <c r="T52" s="18"/>
+      <c r="U52" s="18"/>
+      <c r="V52" s="18"/>
+      <c r="W52" s="18"/>
+      <c r="X52" s="18"/>
+      <c r="Y52" s="18"/>
+      <c r="Z52" s="18"/>
+      <c r="AA52" s="18"/>
+      <c r="AB52" s="18"/>
+      <c r="AC52" s="18"/>
+      <c r="AD52" s="18"/>
+      <c r="AE52" s="18"/>
+      <c r="AF52" s="18"/>
+      <c r="AG52" s="18"/>
+      <c r="AH52" s="18"/>
+      <c r="AI52" s="18"/>
+      <c r="AJ52" s="18"/>
+      <c r="AK52" s="18"/>
+      <c r="AL52" s="18"/>
+      <c r="AM52" s="18"/>
+      <c r="AN52" s="18"/>
+      <c r="AO52" s="18"/>
+      <c r="AP52" s="18"/>
+      <c r="AQ52" s="18"/>
+      <c r="AR52" s="18"/>
+      <c r="AS52" s="18"/>
+      <c r="AT52" s="18"/>
+      <c r="AU52" s="18"/>
+      <c r="AV52" s="18"/>
+      <c r="AW52" s="18"/>
+      <c r="AX52" s="18"/>
+      <c r="AY52" s="18"/>
+      <c r="AZ52" s="18"/>
+      <c r="BA52" s="18"/>
+    </row>
+    <row r="53" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="11" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D53" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="E53" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G53" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H53" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I53" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J53" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K53" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L53" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M53" s="18"/>
+      <c r="N53" s="18"/>
+      <c r="O53" s="18"/>
+      <c r="P53" s="18"/>
+      <c r="Q53" s="18"/>
+      <c r="R53" s="18"/>
+      <c r="S53" s="18"/>
+      <c r="T53" s="18"/>
+      <c r="U53" s="18"/>
+      <c r="V53" s="18"/>
+      <c r="W53" s="18"/>
+      <c r="X53" s="18"/>
+      <c r="Y53" s="18"/>
+      <c r="Z53" s="18"/>
+      <c r="AA53" s="18"/>
+      <c r="AB53" s="18"/>
+      <c r="AC53" s="18"/>
+      <c r="AD53" s="18"/>
+      <c r="AE53" s="18"/>
+      <c r="AF53" s="18"/>
+      <c r="AG53" s="18"/>
+      <c r="AH53" s="18"/>
+      <c r="AI53" s="18"/>
+      <c r="AJ53" s="18"/>
+      <c r="AK53" s="18"/>
+      <c r="AL53" s="18"/>
+      <c r="AM53" s="18"/>
+      <c r="AN53" s="18"/>
+      <c r="AO53" s="18"/>
+      <c r="AP53" s="18"/>
+      <c r="AQ53" s="18"/>
+      <c r="AR53" s="18"/>
+      <c r="AS53" s="18"/>
+      <c r="AT53" s="18"/>
+      <c r="AU53" s="18"/>
+      <c r="AV53" s="18"/>
+      <c r="AW53" s="18"/>
+      <c r="AX53" s="18"/>
+      <c r="AY53" s="18"/>
+      <c r="AZ53" s="18"/>
+      <c r="BA53" s="18"/>
+    </row>
+    <row r="54" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="B54" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D54" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="E54" s="26">
+        <v>11.21</v>
+      </c>
+      <c r="F54" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G54" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H54" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I54" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J54" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K54" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L54" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M54" s="18"/>
+      <c r="N54" s="18"/>
+      <c r="O54" s="18"/>
+      <c r="P54" s="18"/>
+      <c r="Q54" s="18"/>
+      <c r="R54" s="18"/>
+      <c r="S54" s="18"/>
+      <c r="T54" s="18"/>
+      <c r="U54" s="18"/>
+      <c r="V54" s="18"/>
+      <c r="W54" s="18"/>
+      <c r="X54" s="18"/>
+      <c r="Y54" s="18"/>
+      <c r="Z54" s="18"/>
+      <c r="AA54" s="18"/>
+      <c r="AB54" s="18"/>
+      <c r="AC54" s="18"/>
+      <c r="AD54" s="18"/>
+      <c r="AE54" s="18"/>
+      <c r="AF54" s="18"/>
+      <c r="AG54" s="18"/>
+      <c r="AH54" s="18"/>
+      <c r="AI54" s="18"/>
+      <c r="AJ54" s="18"/>
+      <c r="AK54" s="18"/>
+      <c r="AL54" s="18"/>
+      <c r="AM54" s="18"/>
+      <c r="AN54" s="18"/>
+      <c r="AO54" s="18"/>
+      <c r="AP54" s="18"/>
+      <c r="AQ54" s="18"/>
+      <c r="AR54" s="18"/>
+      <c r="AS54" s="18"/>
+      <c r="AT54" s="18"/>
+      <c r="AU54" s="18"/>
+      <c r="AV54" s="18"/>
+      <c r="AW54" s="18"/>
+      <c r="AX54" s="18"/>
+      <c r="AY54" s="18"/>
+      <c r="AZ54" s="18"/>
+      <c r="BA54" s="18"/>
+    </row>
+    <row r="55" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D55" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="E55" s="26">
+        <v>8.4600000000000009</v>
+      </c>
+      <c r="F55" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G55" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H55" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I55" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J55" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K55" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L55" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M55" s="18"/>
+      <c r="N55" s="18"/>
+      <c r="O55" s="18"/>
+      <c r="P55" s="18"/>
+      <c r="Q55" s="18"/>
+      <c r="R55" s="18"/>
+      <c r="S55" s="18"/>
+      <c r="T55" s="18"/>
+      <c r="U55" s="18"/>
+      <c r="V55" s="18"/>
+      <c r="W55" s="18"/>
+      <c r="X55" s="18"/>
+      <c r="Y55" s="18"/>
+      <c r="Z55" s="18"/>
+      <c r="AA55" s="18"/>
+      <c r="AB55" s="18"/>
+      <c r="AC55" s="18"/>
+      <c r="AD55" s="18"/>
+      <c r="AE55" s="18"/>
+      <c r="AF55" s="18"/>
+      <c r="AG55" s="18"/>
+      <c r="AH55" s="18"/>
+      <c r="AI55" s="18"/>
+      <c r="AJ55" s="18"/>
+      <c r="AK55" s="18"/>
+      <c r="AL55" s="18"/>
+      <c r="AM55" s="18"/>
+      <c r="AN55" s="18"/>
+      <c r="AO55" s="18"/>
+      <c r="AP55" s="18"/>
+      <c r="AQ55" s="18"/>
+      <c r="AR55" s="18"/>
+      <c r="AS55" s="18"/>
+      <c r="AT55" s="18"/>
+      <c r="AU55" s="18"/>
+      <c r="AV55" s="18"/>
+      <c r="AW55" s="18"/>
+      <c r="AX55" s="18"/>
+      <c r="AY55" s="18"/>
+      <c r="AZ55" s="18"/>
+      <c r="BA55" s="18"/>
+    </row>
+    <row r="56" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D56" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="E56" s="26">
+        <v>48</v>
+      </c>
+      <c r="F56" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G56" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H56" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I56" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J56" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K56" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L56" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M56" s="18"/>
+      <c r="N56" s="18"/>
+      <c r="O56" s="18"/>
+      <c r="P56" s="18"/>
+      <c r="Q56" s="18"/>
+      <c r="R56" s="18"/>
+      <c r="S56" s="18"/>
+      <c r="T56" s="18"/>
+      <c r="U56" s="18"/>
+      <c r="V56" s="18"/>
+      <c r="W56" s="18"/>
+      <c r="X56" s="18"/>
+      <c r="Y56" s="18"/>
+      <c r="Z56" s="18"/>
+      <c r="AA56" s="18"/>
+      <c r="AB56" s="18"/>
+      <c r="AC56" s="18"/>
+      <c r="AD56" s="18"/>
+      <c r="AE56" s="18"/>
+      <c r="AF56" s="18"/>
+      <c r="AG56" s="18"/>
+      <c r="AH56" s="18"/>
+      <c r="AI56" s="18"/>
+      <c r="AJ56" s="18"/>
+      <c r="AK56" s="18"/>
+      <c r="AL56" s="18"/>
+      <c r="AM56" s="18"/>
+      <c r="AN56" s="18"/>
+      <c r="AO56" s="18"/>
+      <c r="AP56" s="18"/>
+      <c r="AQ56" s="18"/>
+      <c r="AR56" s="18"/>
+      <c r="AS56" s="18"/>
+      <c r="AT56" s="18"/>
+      <c r="AU56" s="18"/>
+      <c r="AV56" s="18"/>
+      <c r="AW56" s="18"/>
+      <c r="AX56" s="18"/>
+      <c r="AY56" s="18"/>
+      <c r="AZ56" s="18"/>
+      <c r="BA56" s="18"/>
+    </row>
+    <row r="57" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D57" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="E57" s="26">
+        <v>9.2200000000000006</v>
+      </c>
+      <c r="F57" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G57" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H57" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I57" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J57" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K57" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L57" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="M57" s="18"/>
+      <c r="N57" s="18"/>
+      <c r="O57" s="18"/>
+      <c r="P57" s="18"/>
+      <c r="Q57" s="18"/>
+      <c r="R57" s="18"/>
+      <c r="S57" s="18"/>
+      <c r="T57" s="18"/>
+      <c r="U57" s="18"/>
+      <c r="V57" s="18"/>
+      <c r="W57" s="18"/>
+      <c r="X57" s="18"/>
+      <c r="Y57" s="18"/>
+      <c r="Z57" s="18"/>
+      <c r="AA57" s="18"/>
+      <c r="AB57" s="18"/>
+      <c r="AC57" s="18"/>
+      <c r="AD57" s="18"/>
+      <c r="AE57" s="18"/>
+      <c r="AF57" s="18"/>
+      <c r="AG57" s="18"/>
+      <c r="AH57" s="18"/>
+      <c r="AI57" s="18"/>
+      <c r="AJ57" s="18"/>
+      <c r="AK57" s="18"/>
+      <c r="AL57" s="18"/>
+      <c r="AM57" s="18"/>
+      <c r="AN57" s="18"/>
+      <c r="AO57" s="18"/>
+      <c r="AP57" s="18"/>
+      <c r="AQ57" s="18"/>
+      <c r="AR57" s="18"/>
+      <c r="AS57" s="18"/>
+      <c r="AT57" s="18"/>
+      <c r="AU57" s="18"/>
+      <c r="AV57" s="18"/>
+      <c r="AW57" s="18"/>
+      <c r="AX57" s="18"/>
+      <c r="AY57" s="18"/>
+      <c r="AZ57" s="18"/>
+      <c r="BA57" s="18"/>
+    </row>
+    <row r="58" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D58" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="E58" s="26">
+        <v>6.2</v>
+      </c>
+      <c r="F58" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G58" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H58" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I58" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J58" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K58" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L58" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M58" s="18"/>
+      <c r="N58" s="18"/>
+      <c r="O58" s="18"/>
+      <c r="P58" s="18"/>
+      <c r="Q58" s="18"/>
+      <c r="R58" s="18"/>
+      <c r="S58" s="18"/>
+      <c r="T58" s="18"/>
+      <c r="U58" s="18"/>
+      <c r="V58" s="18"/>
+      <c r="W58" s="18"/>
+      <c r="X58" s="18"/>
+      <c r="Y58" s="18"/>
+      <c r="Z58" s="18"/>
+      <c r="AA58" s="18"/>
+      <c r="AB58" s="18"/>
+      <c r="AC58" s="18"/>
+      <c r="AD58" s="18"/>
+      <c r="AE58" s="18"/>
+      <c r="AF58" s="18"/>
+      <c r="AG58" s="18"/>
+      <c r="AH58" s="18"/>
+      <c r="AI58" s="18"/>
+      <c r="AJ58" s="18"/>
+      <c r="AK58" s="18"/>
+      <c r="AL58" s="18"/>
+      <c r="AM58" s="18"/>
+      <c r="AN58" s="18"/>
+      <c r="AO58" s="18"/>
+      <c r="AP58" s="18"/>
+      <c r="AQ58" s="18"/>
+      <c r="AR58" s="18"/>
+      <c r="AS58" s="18"/>
+      <c r="AT58" s="18"/>
+      <c r="AU58" s="18"/>
+      <c r="AV58" s="18"/>
+      <c r="AW58" s="18"/>
+      <c r="AX58" s="18"/>
+      <c r="AY58" s="18"/>
+      <c r="AZ58" s="18"/>
+      <c r="BA58" s="18"/>
+    </row>
+    <row r="59" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D59" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="E59" s="17">
+        <v>24.42</v>
+      </c>
+      <c r="F59" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G59" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H59" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="I59" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J59" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K59" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L59" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M59" s="18"/>
+      <c r="N59" s="18"/>
+      <c r="O59" s="18"/>
+      <c r="P59" s="18"/>
+      <c r="Q59" s="18"/>
+      <c r="R59" s="18"/>
+      <c r="S59" s="18"/>
+      <c r="T59" s="18"/>
+      <c r="U59" s="18"/>
+      <c r="V59" s="18"/>
+      <c r="W59" s="18"/>
+      <c r="X59" s="18"/>
+      <c r="Y59" s="18"/>
+      <c r="Z59" s="18"/>
+      <c r="AA59" s="18"/>
+      <c r="AB59" s="18"/>
+      <c r="AC59" s="18"/>
+      <c r="AD59" s="18"/>
+      <c r="AE59" s="18"/>
+      <c r="AF59" s="18"/>
+      <c r="AG59" s="18"/>
+      <c r="AH59" s="18"/>
+      <c r="AI59" s="18"/>
+      <c r="AJ59" s="18"/>
+      <c r="AK59" s="18"/>
+      <c r="AL59" s="18"/>
+      <c r="AM59" s="18"/>
+      <c r="AN59" s="18"/>
+      <c r="AO59" s="18"/>
+      <c r="AP59" s="18"/>
+      <c r="AQ59" s="18"/>
+      <c r="AR59" s="18"/>
+      <c r="AS59" s="18"/>
+      <c r="AT59" s="18"/>
+      <c r="AU59" s="18"/>
+      <c r="AV59" s="18"/>
+      <c r="AW59" s="18"/>
+      <c r="AX59" s="18"/>
+      <c r="AY59" s="18"/>
+      <c r="AZ59" s="18"/>
+      <c r="BA59" s="18"/>
+    </row>
+    <row r="60" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D60" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="E60" s="17">
+        <v>4.54</v>
+      </c>
+      <c r="F60" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G60" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H60" s="8" t="s">
+        <v>755</v>
+      </c>
+      <c r="I60" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J60" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K60" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L60" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M60" s="18"/>
+      <c r="N60" s="18"/>
+      <c r="O60" s="18"/>
+      <c r="P60" s="18"/>
+      <c r="Q60" s="18"/>
+      <c r="R60" s="18"/>
+      <c r="S60" s="18"/>
+      <c r="T60" s="18"/>
+      <c r="U60" s="18"/>
+      <c r="V60" s="18"/>
+      <c r="W60" s="18"/>
+      <c r="X60" s="18"/>
+      <c r="Y60" s="18"/>
+      <c r="Z60" s="18"/>
+      <c r="AA60" s="18"/>
+      <c r="AB60" s="18"/>
+      <c r="AC60" s="18"/>
+      <c r="AD60" s="18"/>
+      <c r="AE60" s="18"/>
+      <c r="AF60" s="18"/>
+      <c r="AG60" s="18"/>
+      <c r="AH60" s="18"/>
+      <c r="AI60" s="18"/>
+      <c r="AJ60" s="18"/>
+      <c r="AK60" s="18"/>
+      <c r="AL60" s="18"/>
+      <c r="AM60" s="18"/>
+      <c r="AN60" s="18"/>
+      <c r="AO60" s="18"/>
+      <c r="AP60" s="18"/>
+      <c r="AQ60" s="18"/>
+      <c r="AR60" s="18"/>
+      <c r="AS60" s="18"/>
+      <c r="AT60" s="18"/>
+      <c r="AU60" s="18"/>
+      <c r="AV60" s="18"/>
+      <c r="AW60" s="18"/>
+      <c r="AX60" s="18"/>
+      <c r="AY60" s="18"/>
+      <c r="AZ60" s="18"/>
+      <c r="BA60" s="18"/>
+    </row>
+    <row r="61" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="B61" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D61" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="E61" s="17">
+        <v>3.15</v>
+      </c>
+      <c r="F61" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G61" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H61" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I61" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J61" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K61" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L61" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M61" s="18"/>
+      <c r="N61" s="18"/>
+      <c r="O61" s="18"/>
+      <c r="P61" s="18"/>
+      <c r="Q61" s="18"/>
+      <c r="R61" s="18"/>
+      <c r="S61" s="18"/>
+      <c r="T61" s="18"/>
+      <c r="U61" s="18"/>
+      <c r="V61" s="18"/>
+      <c r="W61" s="18"/>
+      <c r="X61" s="18"/>
+      <c r="Y61" s="18"/>
+      <c r="Z61" s="18"/>
+      <c r="AA61" s="18"/>
+      <c r="AB61" s="18"/>
+      <c r="AC61" s="18"/>
+      <c r="AD61" s="18"/>
+      <c r="AE61" s="18"/>
+      <c r="AF61" s="18"/>
+      <c r="AG61" s="18"/>
+      <c r="AH61" s="18"/>
+      <c r="AI61" s="18"/>
+      <c r="AJ61" s="18"/>
+      <c r="AK61" s="18"/>
+      <c r="AL61" s="18"/>
+      <c r="AM61" s="18"/>
+      <c r="AN61" s="18"/>
+      <c r="AO61" s="18"/>
+      <c r="AP61" s="18"/>
+      <c r="AQ61" s="18"/>
+      <c r="AR61" s="18"/>
+      <c r="AS61" s="18"/>
+      <c r="AT61" s="18"/>
+      <c r="AU61" s="18"/>
+      <c r="AV61" s="18"/>
+      <c r="AW61" s="18"/>
+      <c r="AX61" s="18"/>
+      <c r="AY61" s="18"/>
+      <c r="AZ61" s="18"/>
+      <c r="BA61" s="18"/>
+    </row>
+    <row r="62" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D62" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E62" s="27">
+        <v>0.251</v>
+      </c>
+      <c r="F62" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G62" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H62" s="8" t="s">
+        <v>260</v>
+      </c>
+      <c r="I62" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J62" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K62" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L62" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="M62" s="18"/>
+      <c r="N62" s="18"/>
+      <c r="O62" s="18"/>
+      <c r="P62" s="18"/>
+      <c r="Q62" s="18"/>
+      <c r="R62" s="18"/>
+      <c r="S62" s="18"/>
+      <c r="T62" s="18"/>
+      <c r="U62" s="18"/>
+      <c r="V62" s="18"/>
+      <c r="W62" s="18"/>
+      <c r="X62" s="18"/>
+      <c r="Y62" s="18"/>
+      <c r="Z62" s="18"/>
+      <c r="AA62" s="18"/>
+      <c r="AB62" s="18"/>
+      <c r="AC62" s="18"/>
+      <c r="AD62" s="18"/>
+      <c r="AE62" s="18"/>
+      <c r="AF62" s="18"/>
+      <c r="AG62" s="18"/>
+      <c r="AH62" s="18"/>
+      <c r="AI62" s="18"/>
+      <c r="AJ62" s="18"/>
+      <c r="AK62" s="18"/>
+      <c r="AL62" s="18"/>
+      <c r="AM62" s="18"/>
+      <c r="AN62" s="18"/>
+      <c r="AO62" s="18"/>
+      <c r="AP62" s="18"/>
+      <c r="AQ62" s="18"/>
+      <c r="AR62" s="18"/>
+      <c r="AS62" s="18"/>
+      <c r="AT62" s="18"/>
+      <c r="AU62" s="18"/>
+      <c r="AV62" s="18"/>
+      <c r="AW62" s="18"/>
+      <c r="AX62" s="18"/>
+      <c r="AY62" s="18"/>
+      <c r="AZ62" s="18"/>
+      <c r="BA62" s="18"/>
+    </row>
+    <row r="63" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="B63" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D63" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="E63" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F63" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G63" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H63" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I63" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J63" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K63" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L63" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="M63" s="18"/>
+      <c r="N63" s="18"/>
+      <c r="O63" s="18"/>
+      <c r="P63" s="18"/>
+      <c r="Q63" s="18"/>
+      <c r="R63" s="18"/>
+      <c r="S63" s="18"/>
+      <c r="T63" s="18"/>
+      <c r="U63" s="18"/>
+      <c r="V63" s="18"/>
+      <c r="W63" s="18"/>
+      <c r="X63" s="18"/>
+      <c r="Y63" s="18"/>
+      <c r="Z63" s="18"/>
+      <c r="AA63" s="18"/>
+      <c r="AB63" s="18"/>
+      <c r="AC63" s="18"/>
+      <c r="AD63" s="18"/>
+      <c r="AE63" s="18"/>
+      <c r="AF63" s="18"/>
+      <c r="AG63" s="18"/>
+      <c r="AH63" s="18"/>
+      <c r="AI63" s="18"/>
+      <c r="AJ63" s="18"/>
+      <c r="AK63" s="18"/>
+      <c r="AL63" s="18"/>
+      <c r="AM63" s="18"/>
+      <c r="AN63" s="18"/>
+      <c r="AO63" s="18"/>
+      <c r="AP63" s="18"/>
+      <c r="AQ63" s="18"/>
+      <c r="AR63" s="18"/>
+      <c r="AS63" s="18"/>
+      <c r="AT63" s="18"/>
+      <c r="AU63" s="18"/>
+      <c r="AV63" s="18"/>
+      <c r="AW63" s="18"/>
+      <c r="AX63" s="18"/>
+      <c r="AY63" s="18"/>
+      <c r="AZ63" s="18"/>
+      <c r="BA63" s="18"/>
+    </row>
+    <row r="64" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D64" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="E64" s="26">
+        <v>7.5</v>
+      </c>
+      <c r="F64" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G64" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H64" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="I64" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J64" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K64" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L64" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="M64" s="18"/>
+      <c r="N64" s="18"/>
+      <c r="O64" s="18"/>
+      <c r="P64" s="18"/>
+      <c r="Q64" s="18"/>
+      <c r="R64" s="18"/>
+      <c r="S64" s="18"/>
+      <c r="T64" s="18"/>
+      <c r="U64" s="18"/>
+      <c r="V64" s="18"/>
+      <c r="W64" s="18"/>
+      <c r="X64" s="18"/>
+      <c r="Y64" s="18"/>
+      <c r="Z64" s="18"/>
+      <c r="AA64" s="18"/>
+      <c r="AB64" s="18"/>
+      <c r="AC64" s="18"/>
+      <c r="AD64" s="18"/>
+      <c r="AE64" s="18"/>
+      <c r="AF64" s="18"/>
+      <c r="AG64" s="18"/>
+      <c r="AH64" s="18"/>
+      <c r="AI64" s="18"/>
+      <c r="AJ64" s="18"/>
+      <c r="AK64" s="18"/>
+      <c r="AL64" s="18"/>
+      <c r="AM64" s="18"/>
+      <c r="AN64" s="18"/>
+      <c r="AO64" s="18"/>
+      <c r="AP64" s="18"/>
+      <c r="AQ64" s="18"/>
+      <c r="AR64" s="18"/>
+      <c r="AS64" s="18"/>
+      <c r="AT64" s="18"/>
+      <c r="AU64" s="18"/>
+      <c r="AV64" s="18"/>
+      <c r="AW64" s="18"/>
+      <c r="AX64" s="18"/>
+      <c r="AY64" s="18"/>
+      <c r="AZ64" s="18"/>
+      <c r="BA64" s="18"/>
+    </row>
+    <row r="65" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="11" t="s">
+        <v>137</v>
+      </c>
+      <c r="B65" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D65" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="E65" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="F65" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G65" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H65" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I65" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J65" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K65" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L65" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M65" s="18"/>
+      <c r="N65" s="18"/>
+      <c r="O65" s="18"/>
+      <c r="P65" s="18"/>
+      <c r="Q65" s="18"/>
+      <c r="R65" s="18"/>
+      <c r="S65" s="18"/>
+      <c r="T65" s="18"/>
+      <c r="U65" s="18"/>
+      <c r="V65" s="18"/>
+      <c r="W65" s="18"/>
+      <c r="X65" s="18"/>
+      <c r="Y65" s="18"/>
+      <c r="Z65" s="18"/>
+      <c r="AA65" s="18"/>
+      <c r="AB65" s="18"/>
+      <c r="AC65" s="18"/>
+      <c r="AD65" s="18"/>
+      <c r="AE65" s="18"/>
+      <c r="AF65" s="18"/>
+      <c r="AG65" s="18"/>
+      <c r="AH65" s="18"/>
+      <c r="AI65" s="18"/>
+      <c r="AJ65" s="18"/>
+      <c r="AK65" s="18"/>
+      <c r="AL65" s="18"/>
+      <c r="AM65" s="18"/>
+      <c r="AN65" s="18"/>
+      <c r="AO65" s="18"/>
+      <c r="AP65" s="18"/>
+      <c r="AQ65" s="18"/>
+      <c r="AR65" s="18"/>
+      <c r="AS65" s="18"/>
+      <c r="AT65" s="18"/>
+      <c r="AU65" s="18"/>
+      <c r="AV65" s="18"/>
+      <c r="AW65" s="18"/>
+      <c r="AX65" s="18"/>
+      <c r="AY65" s="18"/>
+      <c r="AZ65" s="18"/>
+      <c r="BA65" s="18"/>
+    </row>
+    <row r="66" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="B66" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D66" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="E66" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="F66" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G66" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H66" s="8" t="s">
+        <v>567</v>
+      </c>
+      <c r="I66" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J66" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K66" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L66" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M66" s="18"/>
+      <c r="N66" s="18"/>
+      <c r="O66" s="18"/>
+      <c r="P66" s="18"/>
+      <c r="Q66" s="18"/>
+      <c r="R66" s="18"/>
+      <c r="S66" s="18"/>
+      <c r="T66" s="18"/>
+      <c r="U66" s="18"/>
+      <c r="V66" s="18"/>
+      <c r="W66" s="18"/>
+      <c r="X66" s="18"/>
+      <c r="Y66" s="18"/>
+      <c r="Z66" s="18"/>
+      <c r="AA66" s="18"/>
+      <c r="AB66" s="18"/>
+      <c r="AC66" s="18"/>
+      <c r="AD66" s="18"/>
+      <c r="AE66" s="18"/>
+      <c r="AF66" s="18"/>
+      <c r="AG66" s="18"/>
+      <c r="AH66" s="18"/>
+      <c r="AI66" s="18"/>
+      <c r="AJ66" s="18"/>
+      <c r="AK66" s="18"/>
+      <c r="AL66" s="18"/>
+      <c r="AM66" s="18"/>
+      <c r="AN66" s="18"/>
+      <c r="AO66" s="18"/>
+      <c r="AP66" s="18"/>
+      <c r="AQ66" s="18"/>
+      <c r="AR66" s="18"/>
+      <c r="AS66" s="18"/>
+      <c r="AT66" s="18"/>
+      <c r="AU66" s="18"/>
+      <c r="AV66" s="18"/>
+      <c r="AW66" s="18"/>
+      <c r="AX66" s="18"/>
+      <c r="AY66" s="18"/>
+      <c r="AZ66" s="18"/>
+      <c r="BA66" s="18"/>
+    </row>
+    <row r="67" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="B67" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D67" s="11" t="s">
+        <v>142</v>
+      </c>
+      <c r="E67" s="17">
+        <v>0.17069999999999999</v>
+      </c>
+      <c r="F67" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G67" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H67" s="8" t="s">
+        <v>750</v>
+      </c>
+      <c r="I67" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J67" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K67" s="8" t="s">
+        <v>749</v>
+      </c>
+      <c r="L67" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M67" s="18"/>
+      <c r="N67" s="18"/>
+      <c r="O67" s="18"/>
+      <c r="P67" s="18"/>
+      <c r="Q67" s="18"/>
+      <c r="R67" s="18"/>
+      <c r="S67" s="18"/>
+      <c r="T67" s="18"/>
+      <c r="U67" s="18"/>
+      <c r="V67" s="18"/>
+      <c r="W67" s="18"/>
+      <c r="X67" s="18"/>
+      <c r="Y67" s="18"/>
+      <c r="Z67" s="18"/>
+      <c r="AA67" s="18"/>
+      <c r="AB67" s="18"/>
+      <c r="AC67" s="18"/>
+      <c r="AD67" s="18"/>
+      <c r="AE67" s="18"/>
+      <c r="AF67" s="18"/>
+      <c r="AG67" s="18"/>
+      <c r="AH67" s="18"/>
+      <c r="AI67" s="18"/>
+      <c r="AJ67" s="18"/>
+      <c r="AK67" s="18"/>
+      <c r="AL67" s="18"/>
+      <c r="AM67" s="18"/>
+      <c r="AN67" s="18"/>
+      <c r="AO67" s="18"/>
+      <c r="AP67" s="18"/>
+      <c r="AQ67" s="18"/>
+      <c r="AR67" s="18"/>
+      <c r="AS67" s="18"/>
+      <c r="AT67" s="18"/>
+      <c r="AU67" s="18"/>
+      <c r="AV67" s="18"/>
+      <c r="AW67" s="18"/>
+      <c r="AX67" s="18"/>
+      <c r="AY67" s="18"/>
+      <c r="AZ67" s="18"/>
+      <c r="BA67" s="18"/>
+    </row>
+    <row r="68" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="11" t="s">
+        <v>143</v>
+      </c>
+      <c r="B68" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D68" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="E68" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F68" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G68" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H68" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I68" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J68" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K68" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L68" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M68" s="18"/>
+      <c r="N68" s="18"/>
+      <c r="O68" s="18"/>
+      <c r="P68" s="18"/>
+      <c r="Q68" s="18"/>
+      <c r="R68" s="18"/>
+      <c r="S68" s="18"/>
+      <c r="T68" s="18"/>
+      <c r="U68" s="18"/>
+      <c r="V68" s="18"/>
+      <c r="W68" s="18"/>
+      <c r="X68" s="18"/>
+      <c r="Y68" s="18"/>
+      <c r="Z68" s="18"/>
+      <c r="AA68" s="18"/>
+      <c r="AB68" s="18"/>
+      <c r="AC68" s="18"/>
+      <c r="AD68" s="18"/>
+      <c r="AE68" s="18"/>
+      <c r="AF68" s="18"/>
+      <c r="AG68" s="18"/>
+      <c r="AH68" s="18"/>
+      <c r="AI68" s="18"/>
+      <c r="AJ68" s="18"/>
+      <c r="AK68" s="18"/>
+      <c r="AL68" s="18"/>
+      <c r="AM68" s="18"/>
+      <c r="AN68" s="18"/>
+      <c r="AO68" s="18"/>
+      <c r="AP68" s="18"/>
+      <c r="AQ68" s="18"/>
+      <c r="AR68" s="18"/>
+      <c r="AS68" s="18"/>
+      <c r="AT68" s="18"/>
+      <c r="AU68" s="18"/>
+      <c r="AV68" s="18"/>
+      <c r="AW68" s="18"/>
+      <c r="AX68" s="18"/>
+      <c r="AY68" s="18"/>
+      <c r="AZ68" s="18"/>
+      <c r="BA68" s="18"/>
+    </row>
+    <row r="69" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="B69" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C69" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D69" s="11" t="s">
+        <v>643</v>
+      </c>
+      <c r="E69" s="17">
+        <v>8.33</v>
+      </c>
+      <c r="F69" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G69" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H69" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I69" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J69" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K69" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L69" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M69" s="18"/>
+      <c r="N69" s="18"/>
+      <c r="O69" s="18"/>
+      <c r="P69" s="18"/>
+      <c r="Q69" s="18"/>
+      <c r="R69" s="18"/>
+      <c r="S69" s="18"/>
+      <c r="T69" s="18"/>
+      <c r="U69" s="18"/>
+      <c r="V69" s="18"/>
+      <c r="W69" s="18"/>
+      <c r="X69" s="18"/>
+      <c r="Y69" s="18"/>
+      <c r="Z69" s="18"/>
+      <c r="AA69" s="18"/>
+      <c r="AB69" s="18"/>
+      <c r="AC69" s="18"/>
+      <c r="AD69" s="18"/>
+      <c r="AE69" s="18"/>
+      <c r="AF69" s="18"/>
+      <c r="AG69" s="18"/>
+      <c r="AH69" s="18"/>
+      <c r="AI69" s="18"/>
+      <c r="AJ69" s="18"/>
+      <c r="AK69" s="18"/>
+      <c r="AL69" s="18"/>
+      <c r="AM69" s="18"/>
+      <c r="AN69" s="18"/>
+      <c r="AO69" s="18"/>
+      <c r="AP69" s="18"/>
+      <c r="AQ69" s="18"/>
+      <c r="AR69" s="18"/>
+      <c r="AS69" s="18"/>
+      <c r="AT69" s="18"/>
+      <c r="AU69" s="18"/>
+      <c r="AV69" s="18"/>
+      <c r="AW69" s="18"/>
+      <c r="AX69" s="18"/>
+      <c r="AY69" s="18"/>
+      <c r="AZ69" s="18"/>
+      <c r="BA69" s="18"/>
+    </row>
+    <row r="70" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="B70" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D70" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="E70" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F70" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G70" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H70" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I70" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J70" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K70" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L70" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M70" s="18"/>
+      <c r="N70" s="18"/>
+      <c r="O70" s="18"/>
+      <c r="P70" s="18"/>
+      <c r="Q70" s="18"/>
+      <c r="R70" s="18"/>
+      <c r="S70" s="18"/>
+      <c r="T70" s="18"/>
+      <c r="U70" s="18"/>
+      <c r="V70" s="18"/>
+      <c r="W70" s="18"/>
+      <c r="X70" s="18"/>
+      <c r="Y70" s="18"/>
+      <c r="Z70" s="18"/>
+      <c r="AA70" s="18"/>
+      <c r="AB70" s="18"/>
+      <c r="AC70" s="18"/>
+      <c r="AD70" s="18"/>
+      <c r="AE70" s="18"/>
+      <c r="AF70" s="18"/>
+      <c r="AG70" s="18"/>
+      <c r="AH70" s="18"/>
+      <c r="AI70" s="18"/>
+      <c r="AJ70" s="18"/>
+      <c r="AK70" s="18"/>
+      <c r="AL70" s="18"/>
+      <c r="AM70" s="18"/>
+      <c r="AN70" s="18"/>
+      <c r="AO70" s="18"/>
+      <c r="AP70" s="18"/>
+      <c r="AQ70" s="18"/>
+      <c r="AR70" s="18"/>
+      <c r="AS70" s="18"/>
+      <c r="AT70" s="18"/>
+      <c r="AU70" s="18"/>
+      <c r="AV70" s="18"/>
+      <c r="AW70" s="18"/>
+      <c r="AX70" s="18"/>
+      <c r="AY70" s="18"/>
+      <c r="AZ70" s="18"/>
+      <c r="BA70" s="18"/>
+    </row>
+    <row r="71" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="B71" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D71" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="E71" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F71" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G71" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H71" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I71" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J71" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K71" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L71" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M71" s="18"/>
+      <c r="N71" s="18"/>
+      <c r="O71" s="18"/>
+      <c r="P71" s="18"/>
+      <c r="Q71" s="18"/>
+      <c r="R71" s="18"/>
+      <c r="S71" s="18"/>
+      <c r="T71" s="18"/>
+      <c r="U71" s="18"/>
+      <c r="V71" s="18"/>
+      <c r="W71" s="18"/>
+      <c r="X71" s="18"/>
+      <c r="Y71" s="18"/>
+      <c r="Z71" s="18"/>
+      <c r="AA71" s="18"/>
+      <c r="AB71" s="18"/>
+      <c r="AC71" s="18"/>
+      <c r="AD71" s="18"/>
+      <c r="AE71" s="18"/>
+      <c r="AF71" s="18"/>
+      <c r="AG71" s="18"/>
+      <c r="AH71" s="18"/>
+      <c r="AI71" s="18"/>
+      <c r="AJ71" s="18"/>
+      <c r="AK71" s="18"/>
+      <c r="AL71" s="18"/>
+      <c r="AM71" s="18"/>
+      <c r="AN71" s="18"/>
+      <c r="AO71" s="18"/>
+      <c r="AP71" s="18"/>
+      <c r="AQ71" s="18"/>
+      <c r="AR71" s="18"/>
+      <c r="AS71" s="18"/>
+      <c r="AT71" s="18"/>
+      <c r="AU71" s="18"/>
+      <c r="AV71" s="18"/>
+      <c r="AW71" s="18"/>
+      <c r="AX71" s="18"/>
+      <c r="AY71" s="18"/>
+      <c r="AZ71" s="18"/>
+      <c r="BA71" s="18"/>
+    </row>
+    <row r="72" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="B72" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D72" s="11" t="s">
+        <v>151</v>
+      </c>
+      <c r="E72" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F72" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G72" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H72" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I72" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J72" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K72" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L72" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M72" s="18"/>
+      <c r="N72" s="18"/>
+      <c r="O72" s="18"/>
+      <c r="P72" s="18"/>
+      <c r="Q72" s="18"/>
+      <c r="R72" s="18"/>
+      <c r="S72" s="18"/>
+      <c r="T72" s="18"/>
+      <c r="U72" s="18"/>
+      <c r="V72" s="18"/>
+      <c r="W72" s="18"/>
+      <c r="X72" s="18"/>
+      <c r="Y72" s="18"/>
+      <c r="Z72" s="18"/>
+      <c r="AA72" s="18"/>
+      <c r="AB72" s="18"/>
+      <c r="AC72" s="18"/>
+      <c r="AD72" s="18"/>
+      <c r="AE72" s="18"/>
+      <c r="AF72" s="18"/>
+      <c r="AG72" s="18"/>
+      <c r="AH72" s="18"/>
+      <c r="AI72" s="18"/>
+      <c r="AJ72" s="18"/>
+      <c r="AK72" s="18"/>
+      <c r="AL72" s="18"/>
+      <c r="AM72" s="18"/>
+      <c r="AN72" s="18"/>
+      <c r="AO72" s="18"/>
+      <c r="AP72" s="18"/>
+      <c r="AQ72" s="18"/>
+      <c r="AR72" s="18"/>
+      <c r="AS72" s="18"/>
+      <c r="AT72" s="18"/>
+      <c r="AU72" s="18"/>
+      <c r="AV72" s="18"/>
+      <c r="AW72" s="18"/>
+      <c r="AX72" s="18"/>
+      <c r="AY72" s="18"/>
+      <c r="AZ72" s="18"/>
+      <c r="BA72" s="18"/>
+    </row>
+    <row r="73" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="B73" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D73" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="E73" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F73" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G73" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H73" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I73" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J73" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K73" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L73" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M73" s="18"/>
+      <c r="N73" s="18"/>
+      <c r="O73" s="18"/>
+      <c r="P73" s="18"/>
+      <c r="Q73" s="18"/>
+      <c r="R73" s="18"/>
+      <c r="S73" s="18"/>
+      <c r="T73" s="18"/>
+      <c r="U73" s="18"/>
+      <c r="V73" s="18"/>
+      <c r="W73" s="18"/>
+      <c r="X73" s="18"/>
+      <c r="Y73" s="18"/>
+      <c r="Z73" s="18"/>
+      <c r="AA73" s="18"/>
+      <c r="AB73" s="18"/>
+      <c r="AC73" s="18"/>
+      <c r="AD73" s="18"/>
+      <c r="AE73" s="18"/>
+      <c r="AF73" s="18"/>
+      <c r="AG73" s="18"/>
+      <c r="AH73" s="18"/>
+      <c r="AI73" s="18"/>
+      <c r="AJ73" s="18"/>
+      <c r="AK73" s="18"/>
+      <c r="AL73" s="18"/>
+      <c r="AM73" s="18"/>
+      <c r="AN73" s="18"/>
+      <c r="AO73" s="18"/>
+      <c r="AP73" s="18"/>
+      <c r="AQ73" s="18"/>
+      <c r="AR73" s="18"/>
+      <c r="AS73" s="18"/>
+      <c r="AT73" s="18"/>
+      <c r="AU73" s="18"/>
+      <c r="AV73" s="18"/>
+      <c r="AW73" s="18"/>
+      <c r="AX73" s="18"/>
+      <c r="AY73" s="18"/>
+      <c r="AZ73" s="18"/>
+      <c r="BA73" s="18"/>
+    </row>
+    <row r="74" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="B74" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D74" s="11" t="s">
+        <v>155</v>
+      </c>
+      <c r="E74" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F74" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G74" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H74" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I74" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J74" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K74" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L74" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M74" s="18"/>
+      <c r="N74" s="18"/>
+      <c r="O74" s="18"/>
+      <c r="P74" s="18"/>
+      <c r="Q74" s="18"/>
+      <c r="R74" s="18"/>
+      <c r="S74" s="18"/>
+      <c r="T74" s="18"/>
+      <c r="U74" s="18"/>
+      <c r="V74" s="18"/>
+      <c r="W74" s="18"/>
+      <c r="X74" s="18"/>
+      <c r="Y74" s="18"/>
+      <c r="Z74" s="18"/>
+      <c r="AA74" s="18"/>
+      <c r="AB74" s="18"/>
+      <c r="AC74" s="18"/>
+      <c r="AD74" s="18"/>
+      <c r="AE74" s="18"/>
+      <c r="AF74" s="18"/>
+      <c r="AG74" s="18"/>
+      <c r="AH74" s="18"/>
+      <c r="AI74" s="18"/>
+      <c r="AJ74" s="18"/>
+      <c r="AK74" s="18"/>
+      <c r="AL74" s="18"/>
+      <c r="AM74" s="18"/>
+      <c r="AN74" s="18"/>
+      <c r="AO74" s="18"/>
+      <c r="AP74" s="18"/>
+      <c r="AQ74" s="18"/>
+      <c r="AR74" s="18"/>
+      <c r="AS74" s="18"/>
+      <c r="AT74" s="18"/>
+      <c r="AU74" s="18"/>
+      <c r="AV74" s="18"/>
+      <c r="AW74" s="18"/>
+      <c r="AX74" s="18"/>
+      <c r="AY74" s="18"/>
+      <c r="AZ74" s="18"/>
+      <c r="BA74" s="18"/>
+    </row>
+    <row r="75" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B75" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D75" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="E75" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F75" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G75" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H75" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I75" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J75" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K75" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L75" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="M75" s="18"/>
+      <c r="N75" s="18"/>
+      <c r="O75" s="18"/>
+      <c r="P75" s="18"/>
+      <c r="Q75" s="18"/>
+      <c r="R75" s="18"/>
+      <c r="S75" s="18"/>
+      <c r="T75" s="18"/>
+      <c r="U75" s="18"/>
+      <c r="V75" s="18"/>
+      <c r="W75" s="18"/>
+      <c r="X75" s="18"/>
+      <c r="Y75" s="18"/>
+      <c r="Z75" s="18"/>
+      <c r="AA75" s="18"/>
+      <c r="AB75" s="18"/>
+      <c r="AC75" s="18"/>
+      <c r="AD75" s="18"/>
+      <c r="AE75" s="18"/>
+      <c r="AF75" s="18"/>
+      <c r="AG75" s="18"/>
+      <c r="AH75" s="18"/>
+      <c r="AI75" s="18"/>
+      <c r="AJ75" s="18"/>
+      <c r="AK75" s="18"/>
+      <c r="AL75" s="18"/>
+      <c r="AM75" s="18"/>
+      <c r="AN75" s="18"/>
+      <c r="AO75" s="18"/>
+      <c r="AP75" s="18"/>
+      <c r="AQ75" s="18"/>
+      <c r="AR75" s="18"/>
+      <c r="AS75" s="18"/>
+      <c r="AT75" s="18"/>
+      <c r="AU75" s="18"/>
+      <c r="AV75" s="18"/>
+      <c r="AW75" s="18"/>
+      <c r="AX75" s="18"/>
+      <c r="AY75" s="18"/>
+      <c r="AZ75" s="18"/>
+      <c r="BA75" s="18"/>
+    </row>
+    <row r="76" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="11" t="s">
+        <v>158</v>
+      </c>
+      <c r="B76" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D76" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="E76" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F76" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G76" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H76" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I76" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J76" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K76" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L76" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M76" s="18"/>
+      <c r="N76" s="18"/>
+      <c r="O76" s="18"/>
+      <c r="P76" s="18"/>
+      <c r="Q76" s="18"/>
+      <c r="R76" s="18"/>
+      <c r="S76" s="18"/>
+      <c r="T76" s="18"/>
+      <c r="U76" s="18"/>
+      <c r="V76" s="18"/>
+      <c r="W76" s="18"/>
+      <c r="X76" s="18"/>
+      <c r="Y76" s="18"/>
+      <c r="Z76" s="18"/>
+      <c r="AA76" s="18"/>
+      <c r="AB76" s="18"/>
+      <c r="AC76" s="18"/>
+      <c r="AD76" s="18"/>
+      <c r="AE76" s="18"/>
+      <c r="AF76" s="18"/>
+      <c r="AG76" s="18"/>
+      <c r="AH76" s="18"/>
+      <c r="AI76" s="18"/>
+      <c r="AJ76" s="18"/>
+      <c r="AK76" s="18"/>
+      <c r="AL76" s="18"/>
+      <c r="AM76" s="18"/>
+      <c r="AN76" s="18"/>
+      <c r="AO76" s="18"/>
+      <c r="AP76" s="18"/>
+      <c r="AQ76" s="18"/>
+      <c r="AR76" s="18"/>
+      <c r="AS76" s="18"/>
+      <c r="AT76" s="18"/>
+      <c r="AU76" s="18"/>
+      <c r="AV76" s="18"/>
+      <c r="AW76" s="18"/>
+      <c r="AX76" s="18"/>
+      <c r="AY76" s="18"/>
+      <c r="AZ76" s="18"/>
+      <c r="BA76" s="18"/>
+    </row>
+    <row r="77" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="B77" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D77" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="E77" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F77" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G77" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H77" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I77" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J77" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K77" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L77" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M77" s="18"/>
+      <c r="N77" s="18"/>
+      <c r="O77" s="18"/>
+      <c r="P77" s="18"/>
+      <c r="Q77" s="18"/>
+      <c r="R77" s="18"/>
+      <c r="S77" s="18"/>
+      <c r="T77" s="18"/>
+      <c r="U77" s="18"/>
+      <c r="V77" s="18"/>
+      <c r="W77" s="18"/>
+      <c r="X77" s="18"/>
+      <c r="Y77" s="18"/>
+      <c r="Z77" s="18"/>
+      <c r="AA77" s="18"/>
+      <c r="AB77" s="18"/>
+      <c r="AC77" s="18"/>
+      <c r="AD77" s="18"/>
+      <c r="AE77" s="18"/>
+      <c r="AF77" s="18"/>
+      <c r="AG77" s="18"/>
+      <c r="AH77" s="18"/>
+      <c r="AI77" s="18"/>
+      <c r="AJ77" s="18"/>
+      <c r="AK77" s="18"/>
+      <c r="AL77" s="18"/>
+      <c r="AM77" s="18"/>
+      <c r="AN77" s="18"/>
+      <c r="AO77" s="18"/>
+      <c r="AP77" s="18"/>
+      <c r="AQ77" s="18"/>
+      <c r="AR77" s="18"/>
+      <c r="AS77" s="18"/>
+      <c r="AT77" s="18"/>
+      <c r="AU77" s="18"/>
+      <c r="AV77" s="18"/>
+      <c r="AW77" s="18"/>
+      <c r="AX77" s="18"/>
+      <c r="AY77" s="18"/>
+      <c r="AZ77" s="18"/>
+      <c r="BA77" s="18"/>
+    </row>
+    <row r="78" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="11" t="s">
+        <v>162</v>
+      </c>
+      <c r="B78" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D78" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="E78" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F78" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G78" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H78" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I78" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J78" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K78" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L78" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M78" s="18"/>
+      <c r="N78" s="18"/>
+      <c r="O78" s="18"/>
+      <c r="P78" s="18"/>
+      <c r="Q78" s="18"/>
+      <c r="R78" s="18"/>
+      <c r="S78" s="18"/>
+      <c r="T78" s="18"/>
+      <c r="U78" s="18"/>
+      <c r="V78" s="18"/>
+      <c r="W78" s="18"/>
+      <c r="X78" s="18"/>
+      <c r="Y78" s="18"/>
+      <c r="Z78" s="18"/>
+      <c r="AA78" s="18"/>
+      <c r="AB78" s="18"/>
+      <c r="AC78" s="18"/>
+      <c r="AD78" s="18"/>
+      <c r="AE78" s="18"/>
+      <c r="AF78" s="18"/>
+      <c r="AG78" s="18"/>
+      <c r="AH78" s="18"/>
+      <c r="AI78" s="18"/>
+      <c r="AJ78" s="18"/>
+      <c r="AK78" s="18"/>
+      <c r="AL78" s="18"/>
+      <c r="AM78" s="18"/>
+      <c r="AN78" s="18"/>
+      <c r="AO78" s="18"/>
+      <c r="AP78" s="18"/>
+      <c r="AQ78" s="18"/>
+      <c r="AR78" s="18"/>
+      <c r="AS78" s="18"/>
+      <c r="AT78" s="18"/>
+      <c r="AU78" s="18"/>
+      <c r="AV78" s="18"/>
+      <c r="AW78" s="18"/>
+      <c r="AX78" s="18"/>
+      <c r="AY78" s="18"/>
+      <c r="AZ78" s="18"/>
+      <c r="BA78" s="18"/>
+    </row>
+    <row r="79" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="B79" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D79" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="E79" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F79" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G79" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H79" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I79" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J79" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K79" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L79" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M79" s="18"/>
+      <c r="N79" s="18"/>
+      <c r="O79" s="18"/>
+      <c r="P79" s="18"/>
+      <c r="Q79" s="18"/>
+      <c r="R79" s="18"/>
+      <c r="S79" s="18"/>
+      <c r="T79" s="18"/>
+      <c r="U79" s="18"/>
+      <c r="V79" s="18"/>
+      <c r="W79" s="18"/>
+      <c r="X79" s="18"/>
+      <c r="Y79" s="18"/>
+      <c r="Z79" s="18"/>
+      <c r="AA79" s="18"/>
+      <c r="AB79" s="18"/>
+      <c r="AC79" s="18"/>
+      <c r="AD79" s="18"/>
+      <c r="AE79" s="18"/>
+      <c r="AF79" s="18"/>
+      <c r="AG79" s="18"/>
+      <c r="AH79" s="18"/>
+      <c r="AI79" s="18"/>
+      <c r="AJ79" s="18"/>
+      <c r="AK79" s="18"/>
+      <c r="AL79" s="18"/>
+      <c r="AM79" s="18"/>
+      <c r="AN79" s="18"/>
+      <c r="AO79" s="18"/>
+      <c r="AP79" s="18"/>
+      <c r="AQ79" s="18"/>
+      <c r="AR79" s="18"/>
+      <c r="AS79" s="18"/>
+      <c r="AT79" s="18"/>
+      <c r="AU79" s="18"/>
+      <c r="AV79" s="18"/>
+      <c r="AW79" s="18"/>
+      <c r="AX79" s="18"/>
+      <c r="AY79" s="18"/>
+      <c r="AZ79" s="18"/>
+      <c r="BA79" s="18"/>
+    </row>
+    <row r="80" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="11" t="s">
+        <v>166</v>
+      </c>
+      <c r="B80" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D80" s="11" t="s">
+        <v>167</v>
+      </c>
+      <c r="E80" s="17">
+        <v>6.77</v>
+      </c>
+      <c r="F80" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G80" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H80" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I80" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J80" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K80" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L80" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M80" s="18"/>
+      <c r="N80" s="18"/>
+      <c r="O80" s="18"/>
+      <c r="P80" s="18"/>
+      <c r="Q80" s="18"/>
+      <c r="R80" s="18"/>
+      <c r="S80" s="18"/>
+      <c r="T80" s="18"/>
+      <c r="U80" s="18"/>
+      <c r="V80" s="18"/>
+      <c r="W80" s="18"/>
+      <c r="X80" s="18"/>
+      <c r="Y80" s="18"/>
+      <c r="Z80" s="18"/>
+      <c r="AA80" s="18"/>
+      <c r="AB80" s="18"/>
+      <c r="AC80" s="18"/>
+      <c r="AD80" s="18"/>
+      <c r="AE80" s="18"/>
+      <c r="AF80" s="18"/>
+      <c r="AG80" s="18"/>
+      <c r="AH80" s="18"/>
+      <c r="AI80" s="18"/>
+      <c r="AJ80" s="18"/>
+      <c r="AK80" s="18"/>
+      <c r="AL80" s="18"/>
+      <c r="AM80" s="18"/>
+      <c r="AN80" s="18"/>
+      <c r="AO80" s="18"/>
+      <c r="AP80" s="18"/>
+      <c r="AQ80" s="18"/>
+      <c r="AR80" s="18"/>
+      <c r="AS80" s="18"/>
+      <c r="AT80" s="18"/>
+      <c r="AU80" s="18"/>
+      <c r="AV80" s="18"/>
+      <c r="AW80" s="18"/>
+      <c r="AX80" s="18"/>
+      <c r="AY80" s="18"/>
+      <c r="AZ80" s="18"/>
+      <c r="BA80" s="18"/>
+    </row>
+    <row r="81" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="11" t="s">
+        <v>168</v>
+      </c>
+      <c r="B81" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D81" s="11" t="s">
+        <v>644</v>
+      </c>
+      <c r="E81" s="17">
+        <v>2.99</v>
+      </c>
+      <c r="F81" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G81" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H81" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I81" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J81" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K81" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L81" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M81" s="18"/>
+      <c r="N81" s="18"/>
+      <c r="O81" s="18"/>
+      <c r="P81" s="18"/>
+      <c r="Q81" s="18"/>
+      <c r="R81" s="18"/>
+      <c r="S81" s="18"/>
+      <c r="T81" s="18"/>
+      <c r="U81" s="18"/>
+      <c r="V81" s="18"/>
+      <c r="W81" s="18"/>
+      <c r="X81" s="18"/>
+      <c r="Y81" s="18"/>
+      <c r="Z81" s="18"/>
+      <c r="AA81" s="18"/>
+      <c r="AB81" s="18"/>
+      <c r="AC81" s="18"/>
+      <c r="AD81" s="18"/>
+      <c r="AE81" s="18"/>
+      <c r="AF81" s="18"/>
+      <c r="AG81" s="18"/>
+      <c r="AH81" s="18"/>
+      <c r="AI81" s="18"/>
+      <c r="AJ81" s="18"/>
+      <c r="AK81" s="18"/>
+      <c r="AL81" s="18"/>
+      <c r="AM81" s="18"/>
+      <c r="AN81" s="18"/>
+      <c r="AO81" s="18"/>
+      <c r="AP81" s="18"/>
+      <c r="AQ81" s="18"/>
+      <c r="AR81" s="18"/>
+      <c r="AS81" s="18"/>
+      <c r="AT81" s="18"/>
+      <c r="AU81" s="18"/>
+      <c r="AV81" s="18"/>
+      <c r="AW81" s="18"/>
+      <c r="AX81" s="18"/>
+      <c r="AY81" s="18"/>
+      <c r="AZ81" s="18"/>
+      <c r="BA81" s="18"/>
+    </row>
+    <row r="82" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="B82" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D82" s="11" t="s">
+        <v>645</v>
+      </c>
+      <c r="E82" s="17">
+        <v>5.8</v>
+      </c>
+      <c r="F82" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G82" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H82" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I82" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J82" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K82" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L82" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M82" s="18"/>
+      <c r="N82" s="18"/>
+      <c r="O82" s="18"/>
+      <c r="P82" s="18"/>
+      <c r="Q82" s="18"/>
+      <c r="R82" s="18"/>
+      <c r="S82" s="18"/>
+      <c r="T82" s="18"/>
+      <c r="U82" s="18"/>
+      <c r="V82" s="18"/>
+      <c r="W82" s="18"/>
+      <c r="X82" s="18"/>
+      <c r="Y82" s="18"/>
+      <c r="Z82" s="18"/>
+      <c r="AA82" s="18"/>
+      <c r="AB82" s="18"/>
+      <c r="AC82" s="18"/>
+      <c r="AD82" s="18"/>
+      <c r="AE82" s="18"/>
+      <c r="AF82" s="18"/>
+      <c r="AG82" s="18"/>
+      <c r="AH82" s="18"/>
+      <c r="AI82" s="18"/>
+      <c r="AJ82" s="18"/>
+      <c r="AK82" s="18"/>
+      <c r="AL82" s="18"/>
+      <c r="AM82" s="18"/>
+      <c r="AN82" s="18"/>
+      <c r="AO82" s="18"/>
+      <c r="AP82" s="18"/>
+      <c r="AQ82" s="18"/>
+      <c r="AR82" s="18"/>
+      <c r="AS82" s="18"/>
+      <c r="AT82" s="18"/>
+      <c r="AU82" s="18"/>
+      <c r="AV82" s="18"/>
+      <c r="AW82" s="18"/>
+      <c r="AX82" s="18"/>
+      <c r="AY82" s="18"/>
+      <c r="AZ82" s="18"/>
+      <c r="BA82" s="18"/>
+    </row>
+    <row r="83" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="B83" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C83" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D83" s="11" t="s">
+        <v>646</v>
+      </c>
+      <c r="E83" s="17">
+        <v>8.26</v>
+      </c>
+      <c r="F83" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G83" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H83" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I83" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J83" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K83" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L83" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M83" s="18"/>
+      <c r="N83" s="18"/>
+      <c r="O83" s="18"/>
+      <c r="P83" s="18"/>
+      <c r="Q83" s="18"/>
+      <c r="R83" s="18"/>
+      <c r="S83" s="18"/>
+      <c r="T83" s="18"/>
+      <c r="U83" s="18"/>
+      <c r="V83" s="18"/>
+      <c r="W83" s="18"/>
+      <c r="X83" s="18"/>
+      <c r="Y83" s="18"/>
+      <c r="Z83" s="18"/>
+      <c r="AA83" s="18"/>
+      <c r="AB83" s="18"/>
+      <c r="AC83" s="18"/>
+      <c r="AD83" s="18"/>
+      <c r="AE83" s="18"/>
+      <c r="AF83" s="18"/>
+      <c r="AG83" s="18"/>
+      <c r="AH83" s="18"/>
+      <c r="AI83" s="18"/>
+      <c r="AJ83" s="18"/>
+      <c r="AK83" s="18"/>
+      <c r="AL83" s="18"/>
+      <c r="AM83" s="18"/>
+      <c r="AN83" s="18"/>
+      <c r="AO83" s="18"/>
+      <c r="AP83" s="18"/>
+      <c r="AQ83" s="18"/>
+      <c r="AR83" s="18"/>
+      <c r="AS83" s="18"/>
+      <c r="AT83" s="18"/>
+      <c r="AU83" s="18"/>
+      <c r="AV83" s="18"/>
+      <c r="AW83" s="18"/>
+      <c r="AX83" s="18"/>
+      <c r="AY83" s="18"/>
+      <c r="AZ83" s="18"/>
+      <c r="BA83" s="18"/>
+    </row>
+    <row r="84" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="11" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D84" s="11" t="s">
+        <v>647</v>
+      </c>
+      <c r="E84" s="17">
+        <v>12.77</v>
+      </c>
+      <c r="F84" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G84" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H84" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I84" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J84" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K84" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L84" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M84" s="18"/>
+      <c r="N84" s="18"/>
+      <c r="O84" s="18"/>
+      <c r="P84" s="18"/>
+      <c r="Q84" s="18"/>
+      <c r="R84" s="18"/>
+      <c r="S84" s="18"/>
+      <c r="T84" s="18"/>
+      <c r="U84" s="18"/>
+      <c r="V84" s="18"/>
+      <c r="W84" s="18"/>
+      <c r="X84" s="18"/>
+      <c r="Y84" s="18"/>
+      <c r="Z84" s="18"/>
+      <c r="AA84" s="18"/>
+      <c r="AB84" s="18"/>
+      <c r="AC84" s="18"/>
+      <c r="AD84" s="18"/>
+      <c r="AE84" s="18"/>
+      <c r="AF84" s="18"/>
+      <c r="AG84" s="18"/>
+      <c r="AH84" s="18"/>
+      <c r="AI84" s="18"/>
+      <c r="AJ84" s="18"/>
+      <c r="AK84" s="18"/>
+      <c r="AL84" s="18"/>
+      <c r="AM84" s="18"/>
+      <c r="AN84" s="18"/>
+      <c r="AO84" s="18"/>
+      <c r="AP84" s="18"/>
+      <c r="AQ84" s="18"/>
+      <c r="AR84" s="18"/>
+      <c r="AS84" s="18"/>
+      <c r="AT84" s="18"/>
+      <c r="AU84" s="18"/>
+      <c r="AV84" s="18"/>
+      <c r="AW84" s="18"/>
+      <c r="AX84" s="18"/>
+      <c r="AY84" s="18"/>
+      <c r="AZ84" s="18"/>
+      <c r="BA84" s="18"/>
+    </row>
+    <row r="85" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="11" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D85" s="11" t="s">
+        <v>648</v>
+      </c>
+      <c r="E85" s="17">
+        <v>9.4</v>
+      </c>
+      <c r="F85" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G85" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H85" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I85" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J85" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K85" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L85" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M85" s="18"/>
+      <c r="N85" s="18"/>
+      <c r="O85" s="18"/>
+      <c r="P85" s="18"/>
+      <c r="Q85" s="18"/>
+      <c r="R85" s="18"/>
+      <c r="S85" s="18"/>
+      <c r="T85" s="18"/>
+      <c r="U85" s="18"/>
+      <c r="V85" s="18"/>
+      <c r="W85" s="18"/>
+      <c r="X85" s="18"/>
+      <c r="Y85" s="18"/>
+      <c r="Z85" s="18"/>
+      <c r="AA85" s="18"/>
+      <c r="AB85" s="18"/>
+      <c r="AC85" s="18"/>
+      <c r="AD85" s="18"/>
+      <c r="AE85" s="18"/>
+      <c r="AF85" s="18"/>
+      <c r="AG85" s="18"/>
+      <c r="AH85" s="18"/>
+      <c r="AI85" s="18"/>
+      <c r="AJ85" s="18"/>
+      <c r="AK85" s="18"/>
+      <c r="AL85" s="18"/>
+      <c r="AM85" s="18"/>
+      <c r="AN85" s="18"/>
+      <c r="AO85" s="18"/>
+      <c r="AP85" s="18"/>
+      <c r="AQ85" s="18"/>
+      <c r="AR85" s="18"/>
+      <c r="AS85" s="18"/>
+      <c r="AT85" s="18"/>
+      <c r="AU85" s="18"/>
+      <c r="AV85" s="18"/>
+      <c r="AW85" s="18"/>
+      <c r="AX85" s="18"/>
+      <c r="AY85" s="18"/>
+      <c r="AZ85" s="18"/>
+      <c r="BA85" s="18"/>
+    </row>
+    <row r="86" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="B86" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D86" s="11" t="s">
+        <v>649</v>
+      </c>
+      <c r="E86" s="17">
+        <v>10.87</v>
+      </c>
+      <c r="F86" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G86" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H86" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I86" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J86" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K86" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L86" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M86" s="18"/>
+      <c r="N86" s="18"/>
+      <c r="O86" s="18"/>
+      <c r="P86" s="18"/>
+      <c r="Q86" s="18"/>
+      <c r="R86" s="18"/>
+      <c r="S86" s="18"/>
+      <c r="T86" s="18"/>
+      <c r="U86" s="18"/>
+      <c r="V86" s="18"/>
+      <c r="W86" s="18"/>
+      <c r="X86" s="18"/>
+      <c r="Y86" s="18"/>
+      <c r="Z86" s="18"/>
+      <c r="AA86" s="18"/>
+      <c r="AB86" s="18"/>
+      <c r="AC86" s="18"/>
+      <c r="AD86" s="18"/>
+      <c r="AE86" s="18"/>
+      <c r="AF86" s="18"/>
+      <c r="AG86" s="18"/>
+      <c r="AH86" s="18"/>
+      <c r="AI86" s="18"/>
+      <c r="AJ86" s="18"/>
+      <c r="AK86" s="18"/>
+      <c r="AL86" s="18"/>
+      <c r="AM86" s="18"/>
+      <c r="AN86" s="18"/>
+      <c r="AO86" s="18"/>
+      <c r="AP86" s="18"/>
+      <c r="AQ86" s="18"/>
+      <c r="AR86" s="18"/>
+      <c r="AS86" s="18"/>
+      <c r="AT86" s="18"/>
+      <c r="AU86" s="18"/>
+      <c r="AV86" s="18"/>
+      <c r="AW86" s="18"/>
+      <c r="AX86" s="18"/>
+      <c r="AY86" s="18"/>
+      <c r="AZ86" s="18"/>
+      <c r="BA86" s="18"/>
+    </row>
+    <row r="87" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="11" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D87" s="11" t="s">
+        <v>650</v>
+      </c>
+      <c r="E87" s="17">
+        <v>12.02</v>
+      </c>
+      <c r="F87" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G87" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H87" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I87" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J87" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K87" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L87" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M87" s="18"/>
+      <c r="N87" s="18"/>
+      <c r="O87" s="18"/>
+      <c r="P87" s="18"/>
+      <c r="Q87" s="18"/>
+      <c r="R87" s="18"/>
+      <c r="S87" s="18"/>
+      <c r="T87" s="18"/>
+      <c r="U87" s="18"/>
+      <c r="V87" s="18"/>
+      <c r="W87" s="18"/>
+      <c r="X87" s="18"/>
+      <c r="Y87" s="18"/>
+      <c r="Z87" s="18"/>
+      <c r="AA87" s="18"/>
+      <c r="AB87" s="18"/>
+      <c r="AC87" s="18"/>
+      <c r="AD87" s="18"/>
+      <c r="AE87" s="18"/>
+      <c r="AF87" s="18"/>
+      <c r="AG87" s="18"/>
+      <c r="AH87" s="18"/>
+      <c r="AI87" s="18"/>
+      <c r="AJ87" s="18"/>
+      <c r="AK87" s="18"/>
+      <c r="AL87" s="18"/>
+      <c r="AM87" s="18"/>
+      <c r="AN87" s="18"/>
+      <c r="AO87" s="18"/>
+      <c r="AP87" s="18"/>
+      <c r="AQ87" s="18"/>
+      <c r="AR87" s="18"/>
+      <c r="AS87" s="18"/>
+      <c r="AT87" s="18"/>
+      <c r="AU87" s="18"/>
+      <c r="AV87" s="18"/>
+      <c r="AW87" s="18"/>
+      <c r="AX87" s="18"/>
+      <c r="AY87" s="18"/>
+      <c r="AZ87" s="18"/>
+      <c r="BA87" s="18"/>
+    </row>
+    <row r="88" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="11" t="s">
+        <v>175</v>
+      </c>
+      <c r="B88" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D88" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="E88" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="F88" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G88" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H88" s="11" t="s">
+        <v>568</v>
+      </c>
+      <c r="I88" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J88" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K88" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L88" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M88" s="18"/>
+      <c r="N88" s="18"/>
+      <c r="O88" s="18"/>
+      <c r="P88" s="18"/>
+      <c r="Q88" s="18"/>
+      <c r="R88" s="18"/>
+      <c r="S88" s="18"/>
+      <c r="T88" s="18"/>
+      <c r="U88" s="18"/>
+      <c r="V88" s="18"/>
+      <c r="W88" s="18"/>
+      <c r="X88" s="18"/>
+      <c r="Y88" s="18"/>
+      <c r="Z88" s="18"/>
+      <c r="AA88" s="18"/>
+      <c r="AB88" s="18"/>
+      <c r="AC88" s="18"/>
+      <c r="AD88" s="18"/>
+      <c r="AE88" s="18"/>
+      <c r="AF88" s="18"/>
+      <c r="AG88" s="18"/>
+      <c r="AH88" s="18"/>
+      <c r="AI88" s="18"/>
+      <c r="AJ88" s="18"/>
+      <c r="AK88" s="18"/>
+      <c r="AL88" s="18"/>
+      <c r="AM88" s="18"/>
+      <c r="AN88" s="18"/>
+      <c r="AO88" s="18"/>
+      <c r="AP88" s="18"/>
+      <c r="AQ88" s="18"/>
+      <c r="AR88" s="18"/>
+      <c r="AS88" s="18"/>
+      <c r="AT88" s="18"/>
+      <c r="AU88" s="18"/>
+      <c r="AV88" s="18"/>
+      <c r="AW88" s="18"/>
+      <c r="AX88" s="18"/>
+      <c r="AY88" s="18"/>
+      <c r="AZ88" s="18"/>
+      <c r="BA88" s="18"/>
+    </row>
+    <row r="89" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="B89" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D89" s="11" t="s">
+        <v>178</v>
+      </c>
+      <c r="E89" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F89" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G89" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H89" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I89" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J89" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K89" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L89" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M89" s="18"/>
+      <c r="N89" s="18"/>
+      <c r="O89" s="18"/>
+      <c r="P89" s="18"/>
+      <c r="Q89" s="18"/>
+      <c r="R89" s="18"/>
+      <c r="S89" s="18"/>
+      <c r="T89" s="18"/>
+      <c r="U89" s="18"/>
+      <c r="V89" s="18"/>
+      <c r="W89" s="18"/>
+      <c r="X89" s="18"/>
+      <c r="Y89" s="18"/>
+      <c r="Z89" s="18"/>
+      <c r="AA89" s="18"/>
+      <c r="AB89" s="18"/>
+      <c r="AC89" s="18"/>
+      <c r="AD89" s="18"/>
+      <c r="AE89" s="18"/>
+      <c r="AF89" s="18"/>
+      <c r="AG89" s="18"/>
+      <c r="AH89" s="18"/>
+      <c r="AI89" s="18"/>
+      <c r="AJ89" s="18"/>
+      <c r="AK89" s="18"/>
+      <c r="AL89" s="18"/>
+      <c r="AM89" s="18"/>
+      <c r="AN89" s="18"/>
+      <c r="AO89" s="18"/>
+      <c r="AP89" s="18"/>
+      <c r="AQ89" s="18"/>
+      <c r="AR89" s="18"/>
+      <c r="AS89" s="18"/>
+      <c r="AT89" s="18"/>
+      <c r="AU89" s="18"/>
+      <c r="AV89" s="18"/>
+      <c r="AW89" s="18"/>
+      <c r="AX89" s="18"/>
+      <c r="AY89" s="18"/>
+      <c r="AZ89" s="18"/>
+      <c r="BA89" s="18"/>
+    </row>
+    <row r="90" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C90" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D90" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="E90" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F90" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G90" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H90" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I90" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J90" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K90" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L90" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M90" s="18"/>
+      <c r="N90" s="18"/>
+      <c r="O90" s="18"/>
+      <c r="P90" s="18"/>
+      <c r="Q90" s="18"/>
+      <c r="R90" s="18"/>
+      <c r="S90" s="18"/>
+      <c r="T90" s="18"/>
+      <c r="U90" s="18"/>
+      <c r="V90" s="18"/>
+      <c r="W90" s="18"/>
+      <c r="X90" s="18"/>
+      <c r="Y90" s="18"/>
+      <c r="Z90" s="18"/>
+      <c r="AA90" s="18"/>
+      <c r="AB90" s="18"/>
+      <c r="AC90" s="18"/>
+      <c r="AD90" s="18"/>
+      <c r="AE90" s="18"/>
+      <c r="AF90" s="18"/>
+      <c r="AG90" s="18"/>
+      <c r="AH90" s="18"/>
+      <c r="AI90" s="18"/>
+      <c r="AJ90" s="18"/>
+      <c r="AK90" s="18"/>
+      <c r="AL90" s="18"/>
+      <c r="AM90" s="18"/>
+      <c r="AN90" s="18"/>
+      <c r="AO90" s="18"/>
+      <c r="AP90" s="18"/>
+      <c r="AQ90" s="18"/>
+      <c r="AR90" s="18"/>
+      <c r="AS90" s="18"/>
+      <c r="AT90" s="18"/>
+      <c r="AU90" s="18"/>
+      <c r="AV90" s="18"/>
+      <c r="AW90" s="18"/>
+      <c r="AX90" s="18"/>
+      <c r="AY90" s="18"/>
+      <c r="AZ90" s="18"/>
+      <c r="BA90" s="18"/>
+    </row>
+    <row r="91" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="11" t="s">
+        <v>183</v>
+      </c>
+      <c r="B91" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D91" s="11" t="s">
+        <v>184</v>
+      </c>
+      <c r="E91" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="F91" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G91" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H91" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="I91" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J91" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K91" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L91" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="M91" s="18"/>
+      <c r="N91" s="18"/>
+      <c r="O91" s="18"/>
+      <c r="P91" s="18"/>
+      <c r="Q91" s="18"/>
+      <c r="R91" s="18"/>
+      <c r="S91" s="18"/>
+      <c r="T91" s="18"/>
+      <c r="U91" s="18"/>
+      <c r="V91" s="18"/>
+      <c r="W91" s="18"/>
+      <c r="X91" s="18"/>
+      <c r="Y91" s="18"/>
+      <c r="Z91" s="18"/>
+      <c r="AA91" s="18"/>
+      <c r="AB91" s="18"/>
+      <c r="AC91" s="18"/>
+      <c r="AD91" s="18"/>
+      <c r="AE91" s="18"/>
+      <c r="AF91" s="18"/>
+      <c r="AG91" s="18"/>
+      <c r="AH91" s="18"/>
+      <c r="AI91" s="18"/>
+      <c r="AJ91" s="18"/>
+      <c r="AK91" s="18"/>
+      <c r="AL91" s="18"/>
+      <c r="AM91" s="18"/>
+      <c r="AN91" s="18"/>
+      <c r="AO91" s="18"/>
+      <c r="AP91" s="18"/>
+      <c r="AQ91" s="18"/>
+      <c r="AR91" s="18"/>
+      <c r="AS91" s="18"/>
+      <c r="AT91" s="18"/>
+      <c r="AU91" s="18"/>
+      <c r="AV91" s="18"/>
+      <c r="AW91" s="18"/>
+      <c r="AX91" s="18"/>
+      <c r="AY91" s="18"/>
+      <c r="AZ91" s="18"/>
+      <c r="BA91" s="18"/>
+    </row>
+    <row r="92" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D92" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="E92" s="26">
+        <v>11</v>
+      </c>
+      <c r="F92" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G92" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H92" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="I92" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J92" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K92" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L92" s="20" t="s">
+        <v>123</v>
+      </c>
+      <c r="M92" s="18"/>
+      <c r="N92" s="18"/>
+      <c r="O92" s="18"/>
+      <c r="P92" s="18"/>
+      <c r="Q92" s="18"/>
+      <c r="R92" s="18"/>
+      <c r="S92" s="18"/>
+      <c r="T92" s="18"/>
+      <c r="U92" s="18"/>
+      <c r="V92" s="18"/>
+      <c r="W92" s="18"/>
+      <c r="X92" s="18"/>
+      <c r="Y92" s="18"/>
+      <c r="Z92" s="18"/>
+      <c r="AA92" s="18"/>
+      <c r="AB92" s="18"/>
+      <c r="AC92" s="18"/>
+      <c r="AD92" s="18"/>
+      <c r="AE92" s="18"/>
+      <c r="AF92" s="18"/>
+      <c r="AG92" s="18"/>
+      <c r="AH92" s="18"/>
+      <c r="AI92" s="18"/>
+      <c r="AJ92" s="18"/>
+      <c r="AK92" s="18"/>
+      <c r="AL92" s="18"/>
+      <c r="AM92" s="18"/>
+      <c r="AN92" s="18"/>
+      <c r="AO92" s="18"/>
+      <c r="AP92" s="18"/>
+      <c r="AQ92" s="18"/>
+      <c r="AR92" s="18"/>
+      <c r="AS92" s="18"/>
+      <c r="AT92" s="18"/>
+      <c r="AU92" s="18"/>
+      <c r="AV92" s="18"/>
+      <c r="AW92" s="18"/>
+      <c r="AX92" s="18"/>
+      <c r="AY92" s="18"/>
+      <c r="AZ92" s="18"/>
+      <c r="BA92" s="18"/>
+    </row>
+    <row r="93" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C93" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D93" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="E93" s="26">
+        <v>50</v>
+      </c>
+      <c r="F93" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G93" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H93" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="I93" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J93" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K93" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L93" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="M93" s="18"/>
+      <c r="N93" s="18"/>
+      <c r="O93" s="18"/>
+      <c r="P93" s="18"/>
+      <c r="Q93" s="18"/>
+      <c r="R93" s="18"/>
+      <c r="S93" s="18"/>
+      <c r="T93" s="18"/>
+      <c r="U93" s="18"/>
+      <c r="V93" s="18"/>
+      <c r="W93" s="18"/>
+      <c r="X93" s="18"/>
+      <c r="Y93" s="18"/>
+      <c r="Z93" s="18"/>
+      <c r="AA93" s="18"/>
+      <c r="AB93" s="18"/>
+      <c r="AC93" s="18"/>
+      <c r="AD93" s="18"/>
+      <c r="AE93" s="18"/>
+      <c r="AF93" s="18"/>
+      <c r="AG93" s="18"/>
+      <c r="AH93" s="18"/>
+      <c r="AI93" s="18"/>
+      <c r="AJ93" s="18"/>
+      <c r="AK93" s="18"/>
+      <c r="AL93" s="18"/>
+      <c r="AM93" s="18"/>
+      <c r="AN93" s="18"/>
+      <c r="AO93" s="18"/>
+      <c r="AP93" s="18"/>
+      <c r="AQ93" s="18"/>
+      <c r="AR93" s="18"/>
+      <c r="AS93" s="18"/>
+      <c r="AT93" s="18"/>
+      <c r="AU93" s="18"/>
+      <c r="AV93" s="18"/>
+      <c r="AW93" s="18"/>
+      <c r="AX93" s="18"/>
+      <c r="AY93" s="18"/>
+      <c r="AZ93" s="18"/>
+      <c r="BA93" s="18"/>
+    </row>
+    <row r="94" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" s="11" t="s">
+        <v>191</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D94" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="E94" s="29">
+        <v>2.0799999999999999E-2</v>
+      </c>
+      <c r="F94" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G94" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H94" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="I94" s="11" t="s">
+        <v>194</v>
+      </c>
+      <c r="J94" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K94" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L94" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M94" s="18"/>
+      <c r="N94" s="18"/>
+      <c r="O94" s="18"/>
+      <c r="P94" s="18"/>
+      <c r="Q94" s="18"/>
+      <c r="R94" s="18"/>
+      <c r="S94" s="18"/>
+      <c r="T94" s="18"/>
+      <c r="U94" s="18"/>
+      <c r="V94" s="18"/>
+      <c r="W94" s="18"/>
+      <c r="X94" s="18"/>
+      <c r="Y94" s="18"/>
+      <c r="Z94" s="18"/>
+      <c r="AA94" s="18"/>
+      <c r="AB94" s="18"/>
+      <c r="AC94" s="18"/>
+      <c r="AD94" s="18"/>
+      <c r="AE94" s="18"/>
+      <c r="AF94" s="18"/>
+      <c r="AG94" s="18"/>
+      <c r="AH94" s="18"/>
+      <c r="AI94" s="18"/>
+      <c r="AJ94" s="18"/>
+      <c r="AK94" s="18"/>
+      <c r="AL94" s="18"/>
+      <c r="AM94" s="18"/>
+      <c r="AN94" s="18"/>
+      <c r="AO94" s="18"/>
+      <c r="AP94" s="18"/>
+      <c r="AQ94" s="18"/>
+      <c r="AR94" s="18"/>
+      <c r="AS94" s="18"/>
+      <c r="AT94" s="18"/>
+      <c r="AU94" s="18"/>
+      <c r="AV94" s="18"/>
+      <c r="AW94" s="18"/>
+      <c r="AX94" s="18"/>
+      <c r="AY94" s="18"/>
+      <c r="AZ94" s="18"/>
+      <c r="BA94" s="18"/>
+    </row>
+    <row r="95" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="11" t="s">
+        <v>195</v>
+      </c>
+      <c r="B95" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C95" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D95" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="E95" s="26">
+        <v>1.73</v>
+      </c>
+      <c r="F95" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G95" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H95" s="11" t="s">
+        <v>197</v>
+      </c>
+      <c r="I95" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J95" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K95" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L95" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="M95" s="18"/>
+      <c r="N95" s="18"/>
+      <c r="O95" s="18"/>
+      <c r="P95" s="18"/>
+      <c r="Q95" s="18"/>
+      <c r="R95" s="18"/>
+      <c r="S95" s="18"/>
+      <c r="T95" s="18"/>
+      <c r="U95" s="18"/>
+      <c r="V95" s="18"/>
+      <c r="W95" s="18"/>
+      <c r="X95" s="18"/>
+      <c r="Y95" s="18"/>
+      <c r="Z95" s="18"/>
+      <c r="AA95" s="18"/>
+      <c r="AB95" s="18"/>
+      <c r="AC95" s="18"/>
+      <c r="AD95" s="18"/>
+      <c r="AE95" s="18"/>
+      <c r="AF95" s="18"/>
+      <c r="AG95" s="18"/>
+      <c r="AH95" s="18"/>
+      <c r="AI95" s="18"/>
+      <c r="AJ95" s="18"/>
+      <c r="AK95" s="18"/>
+      <c r="AL95" s="18"/>
+      <c r="AM95" s="18"/>
+      <c r="AN95" s="18"/>
+      <c r="AO95" s="18"/>
+      <c r="AP95" s="18"/>
+      <c r="AQ95" s="18"/>
+      <c r="AR95" s="18"/>
+      <c r="AS95" s="18"/>
+      <c r="AT95" s="18"/>
+      <c r="AU95" s="18"/>
+      <c r="AV95" s="18"/>
+      <c r="AW95" s="18"/>
+      <c r="AX95" s="18"/>
+      <c r="AY95" s="18"/>
+      <c r="AZ95" s="18"/>
+      <c r="BA95" s="18"/>
+    </row>
+    <row r="96" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="11" t="s">
+        <v>198</v>
+      </c>
+      <c r="B96" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C96" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D96" s="11" t="s">
+        <v>199</v>
+      </c>
+      <c r="E96" s="17">
+        <v>0.15129999999999999</v>
+      </c>
+      <c r="F96" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G96" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H96" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="I96" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J96" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K96" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L96" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M96" s="18"/>
+      <c r="N96" s="18"/>
+      <c r="O96" s="18"/>
+      <c r="P96" s="18"/>
+      <c r="Q96" s="18"/>
+      <c r="R96" s="18"/>
+      <c r="S96" s="18"/>
+      <c r="T96" s="18"/>
+      <c r="U96" s="18"/>
+      <c r="V96" s="18"/>
+      <c r="W96" s="18"/>
+      <c r="X96" s="18"/>
+      <c r="Y96" s="18"/>
+      <c r="Z96" s="18"/>
+      <c r="AA96" s="18"/>
+      <c r="AB96" s="18"/>
+      <c r="AC96" s="18"/>
+      <c r="AD96" s="18"/>
+      <c r="AE96" s="18"/>
+      <c r="AF96" s="18"/>
+      <c r="AG96" s="18"/>
+      <c r="AH96" s="18"/>
+      <c r="AI96" s="18"/>
+      <c r="AJ96" s="18"/>
+      <c r="AK96" s="18"/>
+      <c r="AL96" s="18"/>
+      <c r="AM96" s="18"/>
+      <c r="AN96" s="18"/>
+      <c r="AO96" s="18"/>
+      <c r="AP96" s="18"/>
+      <c r="AQ96" s="18"/>
+      <c r="AR96" s="18"/>
+      <c r="AS96" s="18"/>
+      <c r="AT96" s="18"/>
+      <c r="AU96" s="18"/>
+      <c r="AV96" s="18"/>
+      <c r="AW96" s="18"/>
+      <c r="AX96" s="18"/>
+      <c r="AY96" s="18"/>
+      <c r="AZ96" s="18"/>
+      <c r="BA96" s="18"/>
+    </row>
+    <row r="97" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="B97" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C97" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D97" s="11" t="s">
+        <v>201</v>
+      </c>
+      <c r="E97" s="17">
+        <v>0.254</v>
+      </c>
+      <c r="F97" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G97" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H97" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="I97" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J97" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K97" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L97" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M97" s="18"/>
+      <c r="N97" s="18"/>
+      <c r="O97" s="18"/>
+      <c r="P97" s="18"/>
+      <c r="Q97" s="18"/>
+      <c r="R97" s="18"/>
+      <c r="S97" s="18"/>
+      <c r="T97" s="18"/>
+      <c r="U97" s="18"/>
+      <c r="V97" s="18"/>
+      <c r="W97" s="18"/>
+      <c r="X97" s="18"/>
+      <c r="Y97" s="18"/>
+      <c r="Z97" s="18"/>
+      <c r="AA97" s="18"/>
+      <c r="AB97" s="18"/>
+      <c r="AC97" s="18"/>
+      <c r="AD97" s="18"/>
+      <c r="AE97" s="18"/>
+      <c r="AF97" s="18"/>
+      <c r="AG97" s="18"/>
+      <c r="AH97" s="18"/>
+      <c r="AI97" s="18"/>
+      <c r="AJ97" s="18"/>
+      <c r="AK97" s="18"/>
+      <c r="AL97" s="18"/>
+      <c r="AM97" s="18"/>
+      <c r="AN97" s="18"/>
+      <c r="AO97" s="18"/>
+      <c r="AP97" s="18"/>
+      <c r="AQ97" s="18"/>
+      <c r="AR97" s="18"/>
+      <c r="AS97" s="18"/>
+      <c r="AT97" s="18"/>
+      <c r="AU97" s="18"/>
+      <c r="AV97" s="18"/>
+      <c r="AW97" s="18"/>
+      <c r="AX97" s="18"/>
+      <c r="AY97" s="18"/>
+      <c r="AZ97" s="18"/>
+      <c r="BA97" s="18"/>
+    </row>
+    <row r="98" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="B98" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D98" s="11" t="s">
+        <v>651</v>
+      </c>
+      <c r="E98" s="17">
+        <v>11.65</v>
+      </c>
+      <c r="F98" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G98" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H98" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I98" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J98" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K98" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L98" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M98" s="18"/>
+      <c r="N98" s="18"/>
+      <c r="O98" s="18"/>
+      <c r="P98" s="18"/>
+      <c r="Q98" s="18"/>
+      <c r="R98" s="18"/>
+      <c r="S98" s="18"/>
+      <c r="T98" s="18"/>
+      <c r="U98" s="18"/>
+      <c r="V98" s="18"/>
+      <c r="W98" s="18"/>
+      <c r="X98" s="18"/>
+      <c r="Y98" s="18"/>
+      <c r="Z98" s="18"/>
+      <c r="AA98" s="18"/>
+      <c r="AB98" s="18"/>
+      <c r="AC98" s="18"/>
+      <c r="AD98" s="18"/>
+      <c r="AE98" s="18"/>
+      <c r="AF98" s="18"/>
+      <c r="AG98" s="18"/>
+      <c r="AH98" s="18"/>
+      <c r="AI98" s="18"/>
+      <c r="AJ98" s="18"/>
+      <c r="AK98" s="18"/>
+      <c r="AL98" s="18"/>
+      <c r="AM98" s="18"/>
+      <c r="AN98" s="18"/>
+      <c r="AO98" s="18"/>
+      <c r="AP98" s="18"/>
+      <c r="AQ98" s="18"/>
+      <c r="AR98" s="18"/>
+      <c r="AS98" s="18"/>
+      <c r="AT98" s="18"/>
+      <c r="AU98" s="18"/>
+      <c r="AV98" s="18"/>
+      <c r="AW98" s="18"/>
+      <c r="AX98" s="18"/>
+      <c r="AY98" s="18"/>
+      <c r="AZ98" s="18"/>
+      <c r="BA98" s="18"/>
+    </row>
+    <row r="99" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="B99" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D99" s="11" t="s">
+        <v>652</v>
+      </c>
+      <c r="E99" s="17">
+        <v>13.13</v>
+      </c>
+      <c r="F99" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G99" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H99" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I99" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J99" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K99" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L99" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M99" s="18"/>
+      <c r="N99" s="18"/>
+      <c r="O99" s="18"/>
+      <c r="P99" s="18"/>
+      <c r="Q99" s="18"/>
+      <c r="R99" s="18"/>
+      <c r="S99" s="18"/>
+      <c r="T99" s="18"/>
+      <c r="U99" s="18"/>
+      <c r="V99" s="18"/>
+      <c r="W99" s="18"/>
+      <c r="X99" s="18"/>
+      <c r="Y99" s="18"/>
+      <c r="Z99" s="18"/>
+      <c r="AA99" s="18"/>
+      <c r="AB99" s="18"/>
+      <c r="AC99" s="18"/>
+      <c r="AD99" s="18"/>
+      <c r="AE99" s="18"/>
+      <c r="AF99" s="18"/>
+      <c r="AG99" s="18"/>
+      <c r="AH99" s="18"/>
+      <c r="AI99" s="18"/>
+      <c r="AJ99" s="18"/>
+      <c r="AK99" s="18"/>
+      <c r="AL99" s="18"/>
+      <c r="AM99" s="18"/>
+      <c r="AN99" s="18"/>
+      <c r="AO99" s="18"/>
+      <c r="AP99" s="18"/>
+      <c r="AQ99" s="18"/>
+      <c r="AR99" s="18"/>
+      <c r="AS99" s="18"/>
+      <c r="AT99" s="18"/>
+      <c r="AU99" s="18"/>
+      <c r="AV99" s="18"/>
+      <c r="AW99" s="18"/>
+      <c r="AX99" s="18"/>
+      <c r="AY99" s="18"/>
+      <c r="AZ99" s="18"/>
+      <c r="BA99" s="18"/>
+    </row>
+    <row r="100" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="11" t="s">
+        <v>204</v>
+      </c>
+      <c r="B100" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C100" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D100" s="11" t="s">
+        <v>671</v>
+      </c>
+      <c r="E100" s="17">
+        <v>8.26</v>
+      </c>
+      <c r="F100" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G100" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H100" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I100" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J100" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K100" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L100" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M100" s="18"/>
+      <c r="N100" s="18"/>
+      <c r="O100" s="18"/>
+      <c r="P100" s="18"/>
+      <c r="Q100" s="18"/>
+      <c r="R100" s="18"/>
+      <c r="S100" s="18"/>
+      <c r="T100" s="18"/>
+      <c r="U100" s="18"/>
+      <c r="V100" s="18"/>
+      <c r="W100" s="18"/>
+      <c r="X100" s="18"/>
+      <c r="Y100" s="18"/>
+      <c r="Z100" s="18"/>
+      <c r="AA100" s="18"/>
+      <c r="AB100" s="18"/>
+      <c r="AC100" s="18"/>
+      <c r="AD100" s="18"/>
+      <c r="AE100" s="18"/>
+      <c r="AF100" s="18"/>
+      <c r="AG100" s="18"/>
+      <c r="AH100" s="18"/>
+      <c r="AI100" s="18"/>
+      <c r="AJ100" s="18"/>
+      <c r="AK100" s="18"/>
+      <c r="AL100" s="18"/>
+      <c r="AM100" s="18"/>
+      <c r="AN100" s="18"/>
+      <c r="AO100" s="18"/>
+      <c r="AP100" s="18"/>
+      <c r="AQ100" s="18"/>
+      <c r="AR100" s="18"/>
+      <c r="AS100" s="18"/>
+      <c r="AT100" s="18"/>
+      <c r="AU100" s="18"/>
+      <c r="AV100" s="18"/>
+      <c r="AW100" s="18"/>
+      <c r="AX100" s="18"/>
+      <c r="AY100" s="18"/>
+      <c r="AZ100" s="18"/>
+      <c r="BA100" s="18"/>
+    </row>
+    <row r="101" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="11" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D101" s="11" t="s">
+        <v>672</v>
+      </c>
+      <c r="E101" s="17">
+        <v>12.02</v>
+      </c>
+      <c r="F101" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G101" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H101" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I101" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J101" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K101" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L101" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M101" s="18"/>
+      <c r="N101" s="18"/>
+      <c r="O101" s="18"/>
+      <c r="P101" s="18"/>
+      <c r="Q101" s="18"/>
+      <c r="R101" s="18"/>
+      <c r="S101" s="18"/>
+      <c r="T101" s="18"/>
+      <c r="U101" s="18"/>
+      <c r="V101" s="18"/>
+      <c r="W101" s="18"/>
+      <c r="X101" s="18"/>
+      <c r="Y101" s="18"/>
+      <c r="Z101" s="18"/>
+      <c r="AA101" s="18"/>
+      <c r="AB101" s="18"/>
+      <c r="AC101" s="18"/>
+      <c r="AD101" s="18"/>
+      <c r="AE101" s="18"/>
+      <c r="AF101" s="18"/>
+      <c r="AG101" s="18"/>
+      <c r="AH101" s="18"/>
+      <c r="AI101" s="18"/>
+      <c r="AJ101" s="18"/>
+      <c r="AK101" s="18"/>
+      <c r="AL101" s="18"/>
+      <c r="AM101" s="18"/>
+      <c r="AN101" s="18"/>
+      <c r="AO101" s="18"/>
+      <c r="AP101" s="18"/>
+      <c r="AQ101" s="18"/>
+      <c r="AR101" s="18"/>
+      <c r="AS101" s="18"/>
+      <c r="AT101" s="18"/>
+      <c r="AU101" s="18"/>
+      <c r="AV101" s="18"/>
+      <c r="AW101" s="18"/>
+      <c r="AX101" s="18"/>
+      <c r="AY101" s="18"/>
+      <c r="AZ101" s="18"/>
+      <c r="BA101" s="18"/>
+    </row>
+    <row r="102" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C102" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D102" s="11" t="s">
+        <v>653</v>
+      </c>
+      <c r="E102" s="17">
+        <v>6.77</v>
+      </c>
+      <c r="F102" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G102" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H102" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I102" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J102" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K102" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L102" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M102" s="18"/>
+      <c r="N102" s="18"/>
+      <c r="O102" s="18"/>
+      <c r="P102" s="18"/>
+      <c r="Q102" s="18"/>
+      <c r="R102" s="18"/>
+      <c r="S102" s="18"/>
+      <c r="T102" s="18"/>
+      <c r="U102" s="18"/>
+      <c r="V102" s="18"/>
+      <c r="W102" s="18"/>
+      <c r="X102" s="18"/>
+      <c r="Y102" s="18"/>
+      <c r="Z102" s="18"/>
+      <c r="AA102" s="18"/>
+      <c r="AB102" s="18"/>
+      <c r="AC102" s="18"/>
+      <c r="AD102" s="18"/>
+      <c r="AE102" s="18"/>
+      <c r="AF102" s="18"/>
+      <c r="AG102" s="18"/>
+      <c r="AH102" s="18"/>
+      <c r="AI102" s="18"/>
+      <c r="AJ102" s="18"/>
+      <c r="AK102" s="18"/>
+      <c r="AL102" s="18"/>
+      <c r="AM102" s="18"/>
+      <c r="AN102" s="18"/>
+      <c r="AO102" s="18"/>
+      <c r="AP102" s="18"/>
+      <c r="AQ102" s="18"/>
+      <c r="AR102" s="18"/>
+      <c r="AS102" s="18"/>
+      <c r="AT102" s="18"/>
+      <c r="AU102" s="18"/>
+      <c r="AV102" s="18"/>
+      <c r="AW102" s="18"/>
+      <c r="AX102" s="18"/>
+      <c r="AY102" s="18"/>
+      <c r="AZ102" s="18"/>
+      <c r="BA102" s="18"/>
+    </row>
+    <row r="103" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="11" t="s">
+        <v>207</v>
+      </c>
+      <c r="B103" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D103" s="11" t="s">
+        <v>673</v>
+      </c>
+      <c r="E103" s="17">
+        <v>3.6</v>
+      </c>
+      <c r="F103" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G103" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H103" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I103" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J103" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K103" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L103" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M103" s="18"/>
+      <c r="N103" s="18"/>
+      <c r="O103" s="18"/>
+      <c r="P103" s="18"/>
+      <c r="Q103" s="18"/>
+      <c r="R103" s="18"/>
+      <c r="S103" s="18"/>
+      <c r="T103" s="18"/>
+      <c r="U103" s="18"/>
+      <c r="V103" s="18"/>
+      <c r="W103" s="18"/>
+      <c r="X103" s="18"/>
+      <c r="Y103" s="18"/>
+      <c r="Z103" s="18"/>
+      <c r="AA103" s="18"/>
+      <c r="AB103" s="18"/>
+      <c r="AC103" s="18"/>
+      <c r="AD103" s="18"/>
+      <c r="AE103" s="18"/>
+      <c r="AF103" s="18"/>
+      <c r="AG103" s="18"/>
+      <c r="AH103" s="18"/>
+      <c r="AI103" s="18"/>
+      <c r="AJ103" s="18"/>
+      <c r="AK103" s="18"/>
+      <c r="AL103" s="18"/>
+      <c r="AM103" s="18"/>
+      <c r="AN103" s="18"/>
+      <c r="AO103" s="18"/>
+      <c r="AP103" s="18"/>
+      <c r="AQ103" s="18"/>
+      <c r="AR103" s="18"/>
+      <c r="AS103" s="18"/>
+      <c r="AT103" s="18"/>
+      <c r="AU103" s="18"/>
+      <c r="AV103" s="18"/>
+      <c r="AW103" s="18"/>
+      <c r="AX103" s="18"/>
+      <c r="AY103" s="18"/>
+      <c r="AZ103" s="18"/>
+      <c r="BA103" s="18"/>
+    </row>
+    <row r="104" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="11" t="s">
+        <v>208</v>
+      </c>
+      <c r="B104" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C104" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D104" s="11" t="s">
+        <v>654</v>
+      </c>
+      <c r="E104" s="17">
+        <v>7.33</v>
+      </c>
+      <c r="F104" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G104" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H104" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I104" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J104" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K104" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L104" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M104" s="18"/>
+      <c r="N104" s="18"/>
+      <c r="O104" s="18"/>
+      <c r="P104" s="18"/>
+      <c r="Q104" s="18"/>
+      <c r="R104" s="18"/>
+      <c r="S104" s="18"/>
+      <c r="T104" s="18"/>
+      <c r="U104" s="18"/>
+      <c r="V104" s="18"/>
+      <c r="W104" s="18"/>
+      <c r="X104" s="18"/>
+      <c r="Y104" s="18"/>
+      <c r="Z104" s="18"/>
+      <c r="AA104" s="18"/>
+      <c r="AB104" s="18"/>
+      <c r="AC104" s="18"/>
+      <c r="AD104" s="18"/>
+      <c r="AE104" s="18"/>
+      <c r="AF104" s="18"/>
+      <c r="AG104" s="18"/>
+      <c r="AH104" s="18"/>
+      <c r="AI104" s="18"/>
+      <c r="AJ104" s="18"/>
+      <c r="AK104" s="18"/>
+      <c r="AL104" s="18"/>
+      <c r="AM104" s="18"/>
+      <c r="AN104" s="18"/>
+      <c r="AO104" s="18"/>
+      <c r="AP104" s="18"/>
+      <c r="AQ104" s="18"/>
+      <c r="AR104" s="18"/>
+      <c r="AS104" s="18"/>
+      <c r="AT104" s="18"/>
+      <c r="AU104" s="18"/>
+      <c r="AV104" s="18"/>
+      <c r="AW104" s="18"/>
+      <c r="AX104" s="18"/>
+      <c r="AY104" s="18"/>
+      <c r="AZ104" s="18"/>
+      <c r="BA104" s="18"/>
+    </row>
+    <row r="105" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="11" t="s">
+        <v>209</v>
+      </c>
+      <c r="B105" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C105" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D105" s="11" t="s">
+        <v>674</v>
+      </c>
+      <c r="E105" s="17">
+        <v>6.54</v>
+      </c>
+      <c r="F105" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G105" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H105" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I105" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J105" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K105" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L105" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M105" s="18"/>
+      <c r="N105" s="18"/>
+      <c r="O105" s="18"/>
+      <c r="P105" s="18"/>
+      <c r="Q105" s="18"/>
+      <c r="R105" s="18"/>
+      <c r="S105" s="18"/>
+      <c r="T105" s="18"/>
+      <c r="U105" s="18"/>
+      <c r="V105" s="18"/>
+      <c r="W105" s="18"/>
+      <c r="X105" s="18"/>
+      <c r="Y105" s="18"/>
+      <c r="Z105" s="18"/>
+      <c r="AA105" s="18"/>
+      <c r="AB105" s="18"/>
+      <c r="AC105" s="18"/>
+      <c r="AD105" s="18"/>
+      <c r="AE105" s="18"/>
+      <c r="AF105" s="18"/>
+      <c r="AG105" s="18"/>
+      <c r="AH105" s="18"/>
+      <c r="AI105" s="18"/>
+      <c r="AJ105" s="18"/>
+      <c r="AK105" s="18"/>
+      <c r="AL105" s="18"/>
+      <c r="AM105" s="18"/>
+      <c r="AN105" s="18"/>
+      <c r="AO105" s="18"/>
+      <c r="AP105" s="18"/>
+      <c r="AQ105" s="18"/>
+      <c r="AR105" s="18"/>
+      <c r="AS105" s="18"/>
+      <c r="AT105" s="18"/>
+      <c r="AU105" s="18"/>
+      <c r="AV105" s="18"/>
+      <c r="AW105" s="18"/>
+      <c r="AX105" s="18"/>
+      <c r="AY105" s="18"/>
+      <c r="AZ105" s="18"/>
+      <c r="BA105" s="18"/>
+    </row>
+    <row r="106" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="11" t="s">
+        <v>210</v>
+      </c>
+      <c r="B106" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C106" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D106" s="11" t="s">
+        <v>675</v>
+      </c>
+      <c r="E106" s="17">
+        <v>7.97</v>
+      </c>
+      <c r="F106" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G106" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H106" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I106" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J106" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K106" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="L106" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M106" s="18"/>
+      <c r="N106" s="18"/>
+      <c r="O106" s="18"/>
+      <c r="P106" s="18"/>
+      <c r="Q106" s="18"/>
+      <c r="R106" s="18"/>
+      <c r="S106" s="18"/>
+      <c r="T106" s="18"/>
+      <c r="U106" s="18"/>
+      <c r="V106" s="18"/>
+      <c r="W106" s="18"/>
+      <c r="X106" s="18"/>
+      <c r="Y106" s="18"/>
+      <c r="Z106" s="18"/>
+      <c r="AA106" s="18"/>
+      <c r="AB106" s="18"/>
+      <c r="AC106" s="18"/>
+      <c r="AD106" s="18"/>
+      <c r="AE106" s="18"/>
+      <c r="AF106" s="18"/>
+      <c r="AG106" s="18"/>
+      <c r="AH106" s="18"/>
+      <c r="AI106" s="18"/>
+      <c r="AJ106" s="18"/>
+      <c r="AK106" s="18"/>
+      <c r="AL106" s="18"/>
+      <c r="AM106" s="18"/>
+      <c r="AN106" s="18"/>
+      <c r="AO106" s="18"/>
+      <c r="AP106" s="18"/>
+      <c r="AQ106" s="18"/>
+      <c r="AR106" s="18"/>
+      <c r="AS106" s="18"/>
+      <c r="AT106" s="18"/>
+      <c r="AU106" s="18"/>
+      <c r="AV106" s="18"/>
+      <c r="AW106" s="18"/>
+      <c r="AX106" s="18"/>
+      <c r="AY106" s="18"/>
+      <c r="AZ106" s="18"/>
+      <c r="BA106" s="18"/>
+    </row>
+    <row r="107" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="11" t="s">
+        <v>211</v>
+      </c>
+      <c r="B107" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C107" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D107" s="11" t="s">
+        <v>655</v>
+      </c>
+      <c r="E107" s="17">
+        <v>3.66</v>
+      </c>
+      <c r="F107" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G107" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H107" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="I107" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J107" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K107" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L107" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M107" s="18"/>
+      <c r="N107" s="18"/>
+      <c r="O107" s="18"/>
+      <c r="P107" s="18"/>
+      <c r="Q107" s="18"/>
+      <c r="R107" s="18"/>
+      <c r="S107" s="18"/>
+      <c r="T107" s="18"/>
+      <c r="U107" s="18"/>
+      <c r="V107" s="18"/>
+      <c r="W107" s="18"/>
+      <c r="X107" s="18"/>
+      <c r="Y107" s="18"/>
+      <c r="Z107" s="18"/>
+      <c r="AA107" s="18"/>
+      <c r="AB107" s="18"/>
+      <c r="AC107" s="18"/>
+      <c r="AD107" s="18"/>
+      <c r="AE107" s="18"/>
+      <c r="AF107" s="18"/>
+      <c r="AG107" s="18"/>
+      <c r="AH107" s="18"/>
+      <c r="AI107" s="18"/>
+      <c r="AJ107" s="18"/>
+      <c r="AK107" s="18"/>
+      <c r="AL107" s="18"/>
+      <c r="AM107" s="18"/>
+      <c r="AN107" s="18"/>
+      <c r="AO107" s="18"/>
+      <c r="AP107" s="18"/>
+      <c r="AQ107" s="18"/>
+      <c r="AR107" s="18"/>
+      <c r="AS107" s="18"/>
+      <c r="AT107" s="18"/>
+      <c r="AU107" s="18"/>
+      <c r="AV107" s="18"/>
+      <c r="AW107" s="18"/>
+      <c r="AX107" s="18"/>
+      <c r="AY107" s="18"/>
+      <c r="AZ107" s="18"/>
+      <c r="BA107" s="18"/>
+    </row>
+    <row r="108" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="B108" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C108" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D108" s="11" t="s">
+        <v>656</v>
+      </c>
+      <c r="E108" s="17">
+        <v>4.96</v>
+      </c>
+      <c r="F108" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G108" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H108" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="I108" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J108" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K108" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L108" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M108" s="18"/>
+      <c r="N108" s="18"/>
+      <c r="O108" s="18"/>
+      <c r="P108" s="18"/>
+      <c r="Q108" s="18"/>
+      <c r="R108" s="18"/>
+      <c r="S108" s="18"/>
+      <c r="T108" s="18"/>
+      <c r="U108" s="18"/>
+      <c r="V108" s="18"/>
+      <c r="W108" s="18"/>
+      <c r="X108" s="18"/>
+      <c r="Y108" s="18"/>
+      <c r="Z108" s="18"/>
+      <c r="AA108" s="18"/>
+      <c r="AB108" s="18"/>
+      <c r="AC108" s="18"/>
+      <c r="AD108" s="18"/>
+      <c r="AE108" s="18"/>
+      <c r="AF108" s="18"/>
+      <c r="AG108" s="18"/>
+      <c r="AH108" s="18"/>
+      <c r="AI108" s="18"/>
+      <c r="AJ108" s="18"/>
+      <c r="AK108" s="18"/>
+      <c r="AL108" s="18"/>
+      <c r="AM108" s="18"/>
+      <c r="AN108" s="18"/>
+      <c r="AO108" s="18"/>
+      <c r="AP108" s="18"/>
+      <c r="AQ108" s="18"/>
+      <c r="AR108" s="18"/>
+      <c r="AS108" s="18"/>
+      <c r="AT108" s="18"/>
+      <c r="AU108" s="18"/>
+      <c r="AV108" s="18"/>
+      <c r="AW108" s="18"/>
+      <c r="AX108" s="18"/>
+      <c r="AY108" s="18"/>
+      <c r="AZ108" s="18"/>
+      <c r="BA108" s="18"/>
+    </row>
+    <row r="109" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="11" t="s">
+        <v>214</v>
+      </c>
+      <c r="B109" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C109" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D109" s="11" t="s">
+        <v>676</v>
+      </c>
+      <c r="E109" s="17">
+        <v>2.41</v>
+      </c>
+      <c r="F109" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G109" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H109" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="I109" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J109" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K109" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L109" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M109" s="18"/>
+      <c r="N109" s="18"/>
+      <c r="O109" s="18"/>
+      <c r="P109" s="18"/>
+      <c r="Q109" s="18"/>
+      <c r="R109" s="18"/>
+      <c r="S109" s="18"/>
+      <c r="T109" s="18"/>
+      <c r="U109" s="18"/>
+      <c r="V109" s="18"/>
+      <c r="W109" s="18"/>
+      <c r="X109" s="18"/>
+      <c r="Y109" s="18"/>
+      <c r="Z109" s="18"/>
+      <c r="AA109" s="18"/>
+      <c r="AB109" s="18"/>
+      <c r="AC109" s="18"/>
+      <c r="AD109" s="18"/>
+      <c r="AE109" s="18"/>
+      <c r="AF109" s="18"/>
+      <c r="AG109" s="18"/>
+      <c r="AH109" s="18"/>
+      <c r="AI109" s="18"/>
+      <c r="AJ109" s="18"/>
+      <c r="AK109" s="18"/>
+      <c r="AL109" s="18"/>
+      <c r="AM109" s="18"/>
+      <c r="AN109" s="18"/>
+      <c r="AO109" s="18"/>
+      <c r="AP109" s="18"/>
+      <c r="AQ109" s="18"/>
+      <c r="AR109" s="18"/>
+      <c r="AS109" s="18"/>
+      <c r="AT109" s="18"/>
+      <c r="AU109" s="18"/>
+      <c r="AV109" s="18"/>
+      <c r="AW109" s="18"/>
+      <c r="AX109" s="18"/>
+      <c r="AY109" s="18"/>
+      <c r="AZ109" s="18"/>
+      <c r="BA109" s="18"/>
+    </row>
+    <row r="110" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="11" t="s">
+        <v>215</v>
+      </c>
+      <c r="B110" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C110" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D110" s="11" t="s">
+        <v>657</v>
+      </c>
+      <c r="E110" s="17">
+        <v>2.29</v>
+      </c>
+      <c r="F110" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G110" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H110" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="I110" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J110" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K110" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L110" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="M110" s="18"/>
+      <c r="N110" s="18"/>
+      <c r="O110" s="18"/>
+      <c r="P110" s="18"/>
+      <c r="Q110" s="18"/>
+      <c r="R110" s="18"/>
+      <c r="S110" s="18"/>
+      <c r="T110" s="18"/>
+      <c r="U110" s="18"/>
+      <c r="V110" s="18"/>
+      <c r="W110" s="18"/>
+      <c r="X110" s="18"/>
+      <c r="Y110" s="18"/>
+      <c r="Z110" s="18"/>
+      <c r="AA110" s="18"/>
+      <c r="AB110" s="18"/>
+      <c r="AC110" s="18"/>
+      <c r="AD110" s="18"/>
+      <c r="AE110" s="18"/>
+      <c r="AF110" s="18"/>
+      <c r="AG110" s="18"/>
+      <c r="AH110" s="18"/>
+      <c r="AI110" s="18"/>
+      <c r="AJ110" s="18"/>
+      <c r="AK110" s="18"/>
+      <c r="AL110" s="18"/>
+      <c r="AM110" s="18"/>
+      <c r="AN110" s="18"/>
+      <c r="AO110" s="18"/>
+      <c r="AP110" s="18"/>
+      <c r="AQ110" s="18"/>
+      <c r="AR110" s="18"/>
+      <c r="AS110" s="18"/>
+      <c r="AT110" s="18"/>
+      <c r="AU110" s="18"/>
+      <c r="AV110" s="18"/>
+      <c r="AW110" s="18"/>
+      <c r="AX110" s="18"/>
+      <c r="AY110" s="18"/>
+      <c r="AZ110" s="18"/>
+      <c r="BA110" s="18"/>
+    </row>
+    <row r="111" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="B111" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C111" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D111" s="11" t="s">
+        <v>217</v>
+      </c>
+      <c r="E111" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G111" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H111" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I111" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J111" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K111" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L111" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M111" s="18"/>
+      <c r="N111" s="18"/>
+      <c r="O111" s="18"/>
+      <c r="P111" s="18"/>
+      <c r="Q111" s="18"/>
+      <c r="R111" s="18"/>
+      <c r="S111" s="18"/>
+      <c r="T111" s="18"/>
+      <c r="U111" s="18"/>
+      <c r="V111" s="18"/>
+      <c r="W111" s="18"/>
+      <c r="X111" s="18"/>
+      <c r="Y111" s="18"/>
+      <c r="Z111" s="18"/>
+      <c r="AA111" s="18"/>
+      <c r="AB111" s="18"/>
+      <c r="AC111" s="18"/>
+      <c r="AD111" s="18"/>
+      <c r="AE111" s="18"/>
+      <c r="AF111" s="18"/>
+      <c r="AG111" s="18"/>
+      <c r="AH111" s="18"/>
+      <c r="AI111" s="18"/>
+      <c r="AJ111" s="18"/>
+      <c r="AK111" s="18"/>
+      <c r="AL111" s="18"/>
+      <c r="AM111" s="18"/>
+      <c r="AN111" s="18"/>
+      <c r="AO111" s="18"/>
+      <c r="AP111" s="18"/>
+      <c r="AQ111" s="18"/>
+      <c r="AR111" s="18"/>
+      <c r="AS111" s="18"/>
+      <c r="AT111" s="18"/>
+      <c r="AU111" s="18"/>
+      <c r="AV111" s="18"/>
+      <c r="AW111" s="18"/>
+      <c r="AX111" s="18"/>
+      <c r="AY111" s="18"/>
+      <c r="AZ111" s="18"/>
+      <c r="BA111" s="18"/>
+    </row>
+    <row r="112" spans="1:53" s="19" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="11" t="s">
+        <v>218</v>
+      </c>
+      <c r="B112" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C112" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D112" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="E112" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F112" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G112" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H112" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I112" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J112" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K112" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L112" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="M112" s="18"/>
+      <c r="N112" s="18"/>
+      <c r="O112" s="18"/>
+      <c r="P112" s="18"/>
+      <c r="Q112" s="18"/>
+      <c r="R112" s="18"/>
+      <c r="S112" s="18"/>
+      <c r="T112" s="18"/>
+      <c r="U112" s="18"/>
+      <c r="V112" s="18"/>
+      <c r="W112" s="18"/>
+      <c r="X112" s="18"/>
+      <c r="Y112" s="18"/>
+      <c r="Z112" s="18"/>
+      <c r="AA112" s="18"/>
+      <c r="AB112" s="18"/>
+      <c r="AC112" s="18"/>
+      <c r="AD112" s="18"/>
+      <c r="AE112" s="18"/>
+      <c r="AF112" s="18"/>
+      <c r="AG112" s="18"/>
+      <c r="AH112" s="18"/>
+      <c r="AI112" s="18"/>
+      <c r="AJ112" s="18"/>
+      <c r="AK112" s="18"/>
+      <c r="AL112" s="18"/>
+      <c r="AM112" s="18"/>
+      <c r="AN112" s="18"/>
+      <c r="AO112" s="18"/>
+      <c r="AP112" s="18"/>
+      <c r="AQ112" s="18"/>
+      <c r="AR112" s="18"/>
+      <c r="AS112" s="18"/>
+      <c r="AT112" s="18"/>
+      <c r="AU112" s="18"/>
+      <c r="AV112" s="18"/>
+      <c r="AW112" s="18"/>
+      <c r="AX112" s="18"/>
+      <c r="AY112" s="18"/>
+      <c r="AZ112" s="18"/>
+      <c r="BA112" s="18"/>
+    </row>
+    <row r="113" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="B113" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C113" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D113" s="11" t="s">
+        <v>221</v>
+      </c>
+      <c r="E113" s="26">
+        <v>0.22</v>
+      </c>
+      <c r="F113" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G113" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H113" s="8" t="s">
+        <v>222</v>
+      </c>
+      <c r="I113" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J113" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K113" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L113" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="BB113" s="19"/>
+    </row>
+    <row r="114" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="11" t="s">
+        <v>223</v>
+      </c>
+      <c r="B114" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C114" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D114" s="11" t="s">
+        <v>658</v>
+      </c>
+      <c r="E114" s="17">
+        <v>2.4700000000000002</v>
+      </c>
+      <c r="F114" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G114" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H114" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="I114" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J114" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K114" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L114" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB114" s="19"/>
+    </row>
+    <row r="115" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="B115" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D115" s="11" t="s">
+        <v>670</v>
+      </c>
+      <c r="E115" s="17">
+        <v>6.33</v>
+      </c>
+      <c r="F115" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G115" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H115" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I115" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J115" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K115" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L115" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB115" s="19"/>
+    </row>
+    <row r="116" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="B116" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C116" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D116" s="11" t="s">
+        <v>659</v>
+      </c>
+      <c r="E116" s="17">
+        <v>4.76</v>
+      </c>
+      <c r="F116" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G116" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H116" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I116" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J116" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K116" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L116" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB116" s="19"/>
+    </row>
+    <row r="117" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="11" t="s">
+        <v>226</v>
+      </c>
+      <c r="B117" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D117" s="11" t="s">
+        <v>660</v>
+      </c>
+      <c r="E117" s="17">
+        <v>3.63</v>
+      </c>
+      <c r="F117" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G117" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H117" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I117" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J117" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K117" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L117" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB117" s="19"/>
+    </row>
+    <row r="118" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="B118" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C118" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D118" s="11" t="s">
+        <v>661</v>
+      </c>
+      <c r="E118" s="17">
+        <v>3.71</v>
+      </c>
+      <c r="F118" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G118" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H118" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I118" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J118" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K118" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L118" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB118" s="19"/>
+    </row>
+    <row r="119" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="11" t="s">
+        <v>228</v>
+      </c>
+      <c r="B119" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D119" s="11" t="s">
+        <v>229</v>
+      </c>
+      <c r="E119" s="17">
+        <v>8.67</v>
+      </c>
+      <c r="F119" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G119" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H119" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I119" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J119" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K119" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L119" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB119" s="19"/>
+    </row>
+    <row r="120" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="B120" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C120" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D120" s="11" t="s">
+        <v>231</v>
+      </c>
+      <c r="E120" s="17">
+        <v>10.97</v>
+      </c>
+      <c r="F120" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G120" s="8" t="s">
+        <v>730</v>
+      </c>
+      <c r="H120" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I120" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J120" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K120" s="8" t="s">
+        <v>758</v>
+      </c>
+      <c r="L120" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB120" s="19"/>
+    </row>
+    <row r="121" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="11" t="s">
+        <v>232</v>
+      </c>
+      <c r="B121" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C121" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D121" s="11" t="s">
+        <v>233</v>
+      </c>
+      <c r="E121" s="17">
+        <v>11.33</v>
+      </c>
+      <c r="F121" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G121" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H121" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I121" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J121" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K121" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L121" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB121" s="19"/>
+    </row>
+    <row r="122" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="11" t="s">
+        <v>234</v>
+      </c>
+      <c r="B122" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C122" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D122" s="11" t="s">
+        <v>662</v>
+      </c>
+      <c r="E122" s="17">
+        <v>8.26</v>
+      </c>
+      <c r="F122" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G122" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H122" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I122" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J122" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K122" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L122" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB122" s="19"/>
+    </row>
+    <row r="123" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="11" t="s">
+        <v>235</v>
+      </c>
+      <c r="B123" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C123" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D123" s="11" t="s">
+        <v>236</v>
+      </c>
+      <c r="E123" s="17">
+        <v>4.7699999999999996</v>
+      </c>
+      <c r="F123" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G123" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H123" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I123" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J123" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K123" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L123" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB123" s="19"/>
+    </row>
+    <row r="124" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="11" t="s">
+        <v>237</v>
+      </c>
+      <c r="B124" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C124" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D124" s="11" t="s">
+        <v>663</v>
+      </c>
+      <c r="E124" s="17">
+        <v>4.46</v>
+      </c>
+      <c r="F124" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G124" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H124" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I124" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J124" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K124" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L124" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB124" s="19"/>
+    </row>
+    <row r="125" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="B125" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C125" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D125" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="E125" s="17">
+        <v>5</v>
+      </c>
+      <c r="F125" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G125" s="8" t="s">
+        <v>730</v>
+      </c>
+      <c r="H125" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I125" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J125" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K125" s="8" t="s">
+        <v>758</v>
+      </c>
+      <c r="L125" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB125" s="19"/>
+    </row>
+    <row r="126" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="B126" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C126" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D126" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="E126" s="17">
+        <v>7.66</v>
+      </c>
+      <c r="F126" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G126" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H126" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I126" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J126" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K126" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L126" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB126" s="19"/>
+    </row>
+    <row r="127" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="11" t="s">
+        <v>722</v>
+      </c>
+      <c r="B127" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C127" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D127" s="11" t="s">
+        <v>723</v>
+      </c>
+      <c r="E127" s="26">
+        <v>4.9800000000000004</v>
+      </c>
+      <c r="F127" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G127" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H127" s="11" t="s">
         <v>724</v>
       </c>
-      <c r="B2" s="64"/>
-[...15 lines deleted...]
-      <c r="B3" s="2" t="s">
+      <c r="I127" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J127" s="25">
+        <v>44652</v>
+      </c>
+      <c r="K127" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L127" s="28" t="s">
+        <v>728</v>
+      </c>
+      <c r="BB127" s="19"/>
+    </row>
+    <row r="128" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="11" t="s">
+        <v>725</v>
+      </c>
+      <c r="B128" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C128" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D128" s="11" t="s">
+        <v>726</v>
+      </c>
+      <c r="E128" s="26">
+        <v>4.9800000000000004</v>
+      </c>
+      <c r="F128" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G128" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H128" s="11" t="s">
+        <v>724</v>
+      </c>
+      <c r="I128" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J128" s="25">
+        <v>44652</v>
+      </c>
+      <c r="K128" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L128" s="28" t="s">
+        <v>728</v>
+      </c>
+      <c r="BB128" s="19"/>
+    </row>
+    <row r="129" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="30" t="s">
+        <v>765</v>
+      </c>
+      <c r="B129" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C129" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D129" s="30" t="s">
+        <v>778</v>
+      </c>
+      <c r="E129" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F129" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G129" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H129" s="11" t="s">
+        <v>787</v>
+      </c>
+      <c r="I129" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J129" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K129" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L129" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB129" s="19"/>
+    </row>
+    <row r="130" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="30" t="s">
+        <v>766</v>
+      </c>
+      <c r="B130" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C130" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D130" s="30" t="s">
+        <v>779</v>
+      </c>
+      <c r="E130" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F130" s="8"/>
+      <c r="G130" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H130" s="11" t="s">
+        <v>787</v>
+      </c>
+      <c r="I130" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J130" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K130" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L130" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB130" s="19"/>
+    </row>
+    <row r="131" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="30" t="s">
+        <v>767</v>
+      </c>
+      <c r="B131" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C131" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D131" s="30" t="s">
+        <v>779</v>
+      </c>
+      <c r="E131" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F131" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G131" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H131" s="11" t="s">
+        <v>787</v>
+      </c>
+      <c r="I131" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J131" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K131" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L131" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB131" s="19"/>
+    </row>
+    <row r="132" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="30" t="s">
+        <v>712</v>
+      </c>
+      <c r="B132" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C132" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D132" s="30" t="s">
+        <v>713</v>
+      </c>
+      <c r="E132" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G132" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H132" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I132" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J132" s="31">
+        <v>44501</v>
+      </c>
+      <c r="K132" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L132" s="28" t="s">
+        <v>714</v>
+      </c>
+      <c r="BB132" s="19"/>
+    </row>
+    <row r="133" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="30" t="s">
+        <v>712</v>
+      </c>
+      <c r="B133" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C133" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D133" s="30" t="s">
+        <v>812</v>
+      </c>
+      <c r="E133" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F133" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G133" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H133" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I133" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J133" s="31">
+        <v>45748</v>
+      </c>
+      <c r="K133" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="L133" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB133" s="19"/>
+    </row>
+    <row r="134" spans="1:54" ht="30" x14ac:dyDescent="0.25">
+      <c r="A134" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="B134" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C134" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D134" s="11" t="s">
+        <v>243</v>
+      </c>
+      <c r="E134" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="F134" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G134" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H134" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I134" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J134" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K134" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L134" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB134" s="19"/>
+    </row>
+    <row r="135" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="11" t="s">
+        <v>244</v>
+      </c>
+      <c r="B135" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C135" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D135" s="11" t="s">
+        <v>245</v>
+      </c>
+      <c r="E135" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="F135" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G135" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H135" s="11" t="s">
+        <v>761</v>
+      </c>
+      <c r="I135" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J135" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K135" s="8" t="s">
+        <v>760</v>
+      </c>
+      <c r="L135" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB135" s="19"/>
+    </row>
+    <row r="136" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="30" t="s">
+        <v>709</v>
+      </c>
+      <c r="B136" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C136" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D136" s="30" t="s">
+        <v>710</v>
+      </c>
+      <c r="E136" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F136" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G136" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H136" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I136" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J136" s="31">
+        <v>44501</v>
+      </c>
+      <c r="K136" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L136" s="28" t="s">
+        <v>711</v>
+      </c>
+      <c r="BB136" s="19"/>
+    </row>
+    <row r="137" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="30" t="s">
+        <v>709</v>
+      </c>
+      <c r="B137" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C137" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D137" s="30" t="s">
+        <v>813</v>
+      </c>
+      <c r="E137" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F137" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G137" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H137" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I137" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J137" s="31">
+        <v>45748</v>
+      </c>
+      <c r="K137" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="L137" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB137" s="19"/>
+    </row>
+    <row r="138" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A138" s="11" t="s">
+        <v>246</v>
+      </c>
+      <c r="B138" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C138" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D138" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="E138" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F138" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G138" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H138" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="I138" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J138" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K138" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L138" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB138" s="19"/>
+    </row>
+    <row r="139" spans="1:54" ht="30" x14ac:dyDescent="0.25">
+      <c r="A139" s="11" t="s">
+        <v>248</v>
+      </c>
+      <c r="B139" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C139" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D139" s="11" t="s">
+        <v>250</v>
+      </c>
+      <c r="E139" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F139" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G139" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H139" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I139" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J139" s="25">
+        <v>42278</v>
+      </c>
+      <c r="K139" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L139" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB139" s="19"/>
+    </row>
+    <row r="140" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="11" t="s">
+        <v>251</v>
+      </c>
+      <c r="B140" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C140" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D140" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="E140" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F140" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G140" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H140" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I140" s="20" t="s">
+        <v>546</v>
+      </c>
+      <c r="J140" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K140" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L140" s="24" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB140" s="19"/>
+    </row>
+    <row r="141" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="11" t="s">
+        <v>253</v>
+      </c>
+      <c r="B141" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C141" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D141" s="11" t="s">
+        <v>254</v>
+      </c>
+      <c r="E141" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F141" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G141" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H141" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I141" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J141" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K141" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L141" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB141" s="19"/>
+    </row>
+    <row r="142" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A142" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="B142" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C142" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D142" s="11" t="s">
+        <v>257</v>
+      </c>
+      <c r="E142" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F142" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G142" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H142" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I142" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J142" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K142" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L142" s="32">
+        <v>42979</v>
+      </c>
+      <c r="BB142" s="19"/>
+    </row>
+    <row r="143" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="11" t="s">
+        <v>258</v>
+      </c>
+      <c r="B143" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C143" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D143" s="11" t="s">
+        <v>259</v>
+      </c>
+      <c r="E143" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F143" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G143" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H143" s="8" t="s">
+        <v>260</v>
+      </c>
+      <c r="I143" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J143" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K143" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L143" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB143" s="19"/>
+    </row>
+    <row r="144" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="11" t="s">
+        <v>261</v>
+      </c>
+      <c r="B144" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C144" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D144" s="11" t="s">
+        <v>683</v>
+      </c>
+      <c r="E144" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F144" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G144" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H144" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I144" s="11" t="s">
+        <v>684</v>
+      </c>
+      <c r="J144" s="25">
+        <v>42278</v>
+      </c>
+      <c r="K144" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L144" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB144" s="19"/>
+    </row>
+    <row r="145" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="11" t="s">
+        <v>262</v>
+      </c>
+      <c r="B145" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C145" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D145" s="11" t="s">
+        <v>263</v>
+      </c>
+      <c r="E145" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F145" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G145" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H145" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I145" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J145" s="25">
+        <v>42278</v>
+      </c>
+      <c r="K145" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L145" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB145" s="19"/>
+    </row>
+    <row r="146" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="B146" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C146" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D146" s="11" t="s">
+        <v>265</v>
+      </c>
+      <c r="E146" s="26">
+        <v>3.8</v>
+      </c>
+      <c r="F146" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G146" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H146" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="I146" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J146" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K146" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L146" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB146" s="19"/>
+    </row>
+    <row r="147" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="11" t="s">
+        <v>267</v>
+      </c>
+      <c r="B147" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C147" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D147" s="11" t="s">
+        <v>268</v>
+      </c>
+      <c r="E147" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F147" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G147" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H147" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I147" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J147" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K147" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L147" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB147" s="19"/>
+    </row>
+    <row r="148" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="11" t="s">
+        <v>768</v>
+      </c>
+      <c r="B148" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C148" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D148" s="11" t="s">
+        <v>780</v>
+      </c>
+      <c r="E148" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F148" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G148" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H148" s="45" t="s">
+        <v>800</v>
+      </c>
+      <c r="I148" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J148" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K148" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L148" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB148" s="19"/>
+    </row>
+    <row r="149" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="11" t="s">
+        <v>269</v>
+      </c>
+      <c r="B149" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C149" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D149" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="E149" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="F149" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G149" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H149" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="I149" s="8" t="s">
+        <v>708</v>
+      </c>
+      <c r="J149" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="K149" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L149" s="28" t="s">
+        <v>707</v>
+      </c>
+      <c r="BB149" s="19"/>
+    </row>
+    <row r="150" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="11" t="s">
+        <v>271</v>
+      </c>
+      <c r="B150" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C150" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D150" s="11" t="s">
+        <v>627</v>
+      </c>
+      <c r="E150" s="27">
+        <v>8.0600000000000005E-2</v>
+      </c>
+      <c r="F150" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G150" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H150" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="I150" s="11" t="s">
+        <v>628</v>
+      </c>
+      <c r="J150" s="31">
+        <v>44866</v>
+      </c>
+      <c r="K150" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L150" s="23" t="s">
+        <v>735</v>
+      </c>
+      <c r="BB150" s="19"/>
+    </row>
+    <row r="151" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="11" t="s">
+        <v>273</v>
+      </c>
+      <c r="B151" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C151" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D151" s="11" t="s">
+        <v>274</v>
+      </c>
+      <c r="E151" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F151" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G151" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H151" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I151" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J151" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K151" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L151" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB151" s="19"/>
+    </row>
+    <row r="152" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="11" t="s">
+        <v>275</v>
+      </c>
+      <c r="B152" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C152" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D152" s="11" t="s">
+        <v>276</v>
+      </c>
+      <c r="E152" s="26">
+        <v>2.0499999999999998</v>
+      </c>
+      <c r="F152" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G152" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H152" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I152" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J152" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K152" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L152" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB152" s="19"/>
+    </row>
+    <row r="153" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B153" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C153" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D153" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="E153" s="26">
+        <v>2.0499999999999998</v>
+      </c>
+      <c r="F153" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G153" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H153" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I153" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J153" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K153" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L153" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB153" s="19"/>
+    </row>
+    <row r="154" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="11" t="s">
+        <v>279</v>
+      </c>
+      <c r="B154" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C154" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D154" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="E154" s="26">
+        <v>2.33</v>
+      </c>
+      <c r="F154" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G154" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H154" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="I154" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J154" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K154" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L154" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="BB154" s="19"/>
+    </row>
+    <row r="155" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="11" t="s">
+        <v>281</v>
+      </c>
+      <c r="B155" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C155" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D155" s="11" t="s">
+        <v>677</v>
+      </c>
+      <c r="E155" s="17">
+        <v>1.98</v>
+      </c>
+      <c r="F155" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G155" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H155" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="I155" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J155" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K155" s="8" t="s">
+        <v>758</v>
+      </c>
+      <c r="L155" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB155" s="19"/>
+    </row>
+    <row r="156" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="11" t="s">
+        <v>282</v>
+      </c>
+      <c r="B156" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C156" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D156" s="11" t="s">
+        <v>283</v>
+      </c>
+      <c r="E156" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F156" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G156" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H156" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I156" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J156" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K156" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L156" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB156" s="19"/>
+    </row>
+    <row r="157" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="B157" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C157" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D157" s="11" t="s">
+        <v>664</v>
+      </c>
+      <c r="E157" s="17">
+        <v>2.39</v>
+      </c>
+      <c r="F157" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G157" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H157" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="I157" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J157" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K157" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L157" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB157" s="19"/>
+    </row>
+    <row r="158" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="B158" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C158" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D158" s="11" t="s">
+        <v>286</v>
+      </c>
+      <c r="E158" s="26">
+        <v>1.8</v>
+      </c>
+      <c r="F158" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G158" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H158" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I158" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J158" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K158" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L158" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="BB158" s="19"/>
+    </row>
+    <row r="159" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="B159" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C159" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D159" s="11" t="s">
+        <v>665</v>
+      </c>
+      <c r="E159" s="17">
+        <v>6.22</v>
+      </c>
+      <c r="F159" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G159" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H159" s="11" t="s">
+        <v>753</v>
+      </c>
+      <c r="I159" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J159" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K159" s="8" t="s">
+        <v>749</v>
+      </c>
+      <c r="L159" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB159" s="19"/>
+    </row>
+    <row r="160" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="B160" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C160" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D160" s="11" t="s">
+        <v>666</v>
+      </c>
+      <c r="E160" s="17">
+        <v>12.77</v>
+      </c>
+      <c r="F160" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G160" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H160" s="11" t="s">
+        <v>753</v>
+      </c>
+      <c r="I160" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J160" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K160" s="8" t="s">
+        <v>749</v>
+      </c>
+      <c r="L160" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB160" s="19"/>
+    </row>
+    <row r="161" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="11" t="s">
+        <v>289</v>
+      </c>
+      <c r="B161" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C161" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D161" s="11" t="s">
+        <v>667</v>
+      </c>
+      <c r="E161" s="17">
+        <v>4.7</v>
+      </c>
+      <c r="F161" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G161" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H161" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I161" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J161" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K161" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L161" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB161" s="19"/>
+    </row>
+    <row r="162" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="11" t="s">
+        <v>290</v>
+      </c>
+      <c r="B162" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C162" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D162" s="11" t="s">
+        <v>685</v>
+      </c>
+      <c r="E162" s="17">
+        <v>4.3</v>
+      </c>
+      <c r="F162" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G162" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H162" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I162" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J162" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K162" s="8" t="s">
+        <v>759</v>
+      </c>
+      <c r="L162" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB162" s="19"/>
+    </row>
+    <row r="163" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="11" t="s">
+        <v>291</v>
+      </c>
+      <c r="B163" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C163" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D163" s="11" t="s">
+        <v>668</v>
+      </c>
+      <c r="E163" s="17">
+        <v>3.6</v>
+      </c>
+      <c r="F163" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G163" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H163" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I163" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J163" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K163" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L163" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB163" s="19"/>
+    </row>
+    <row r="164" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="B164" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C164" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D164" s="11" t="s">
+        <v>293</v>
+      </c>
+      <c r="E164" s="17">
+        <v>7.99</v>
+      </c>
+      <c r="F164" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G164" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H164" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I164" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J164" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K164" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L164" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB164" s="19"/>
+    </row>
+    <row r="165" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="B165" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C165" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D165" s="11" t="s">
+        <v>678</v>
+      </c>
+      <c r="E165" s="17">
+        <v>4.7</v>
+      </c>
+      <c r="F165" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G165" s="8" t="s">
+        <v>730</v>
+      </c>
+      <c r="H165" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I165" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J165" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K165" s="8" t="s">
+        <v>758</v>
+      </c>
+      <c r="L165" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB165" s="19"/>
+    </row>
+    <row r="166" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="B166" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C166" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D166" s="11" t="s">
+        <v>669</v>
+      </c>
+      <c r="E166" s="17">
+        <v>4.2300000000000004</v>
+      </c>
+      <c r="F166" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G166" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H166" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I166" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J166" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K166" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L166" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB166" s="19"/>
+    </row>
+    <row r="167" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="11" t="s">
+        <v>297</v>
+      </c>
+      <c r="B167" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C167" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D167" s="11" t="s">
+        <v>298</v>
+      </c>
+      <c r="E167" s="27" t="s">
+        <v>295</v>
+      </c>
+      <c r="F167" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G167" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H167" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I167" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J167" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K167" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L167" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB167" s="19"/>
+    </row>
+    <row r="168" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="11" t="s">
+        <v>299</v>
+      </c>
+      <c r="B168" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C168" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D168" s="11" t="s">
+        <v>300</v>
+      </c>
+      <c r="E168" s="27" t="s">
+        <v>295</v>
+      </c>
+      <c r="F168" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G168" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H168" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I168" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J168" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K168" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L168" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB168" s="19"/>
+    </row>
+    <row r="169" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="11" t="s">
+        <v>301</v>
+      </c>
+      <c r="B169" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C169" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D169" s="11" t="s">
+        <v>302</v>
+      </c>
+      <c r="E169" s="27" t="s">
+        <v>295</v>
+      </c>
+      <c r="F169" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G169" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H169" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I169" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J169" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K169" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L169" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB169" s="19"/>
+    </row>
+    <row r="170" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="11" t="s">
+        <v>303</v>
+      </c>
+      <c r="B170" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C170" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D170" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E170" s="26">
         <v>2</v>
       </c>
-      <c r="C3" s="2" t="s">
-[...43 lines deleted...]
-      <c r="E4" s="25" t="s">
+      <c r="F170" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G170" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H170" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="I170" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J170" s="25">
+        <v>42522</v>
+      </c>
+      <c r="K170" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L170" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB170" s="19"/>
+    </row>
+    <row r="171" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="B171" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C171" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D171" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="E171" s="26">
+        <v>21.3</v>
+      </c>
+      <c r="F171" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G171" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H171" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="I171" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J171" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K171" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L171" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB171" s="19"/>
+    </row>
+    <row r="172" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="11" t="s">
+        <v>307</v>
+      </c>
+      <c r="B172" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C172" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D172" s="11" t="s">
+        <v>308</v>
+      </c>
+      <c r="E172" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="F4" s="10" t="s">
-[...14 lines deleted...]
-      <c r="K4" s="10" t="s">
+      <c r="F172" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G172" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H172" s="11" t="s">
         <v>557</v>
       </c>
-      <c r="L4" s="27" t="s">
-[...16 lines deleted...]
-      <c r="E5" s="25" t="s">
+      <c r="I172" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J172" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K172" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L172" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB172" s="19"/>
+    </row>
+    <row r="173" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="B173" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C173" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D173" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="E173" s="26">
+        <v>27</v>
+      </c>
+      <c r="F173" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G173" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H173" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="I173" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J173" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K173" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L173" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB173" s="19"/>
+    </row>
+    <row r="174" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="11" t="s">
+        <v>312</v>
+      </c>
+      <c r="B174" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C174" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D174" s="11" t="s">
+        <v>313</v>
+      </c>
+      <c r="E174" s="26">
+        <v>3.8</v>
+      </c>
+      <c r="F174" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G174" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H174" s="46" t="s">
+        <v>311</v>
+      </c>
+      <c r="I174" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J174" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K174" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L174" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB174" s="19"/>
+    </row>
+    <row r="175" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="11" t="s">
+        <v>314</v>
+      </c>
+      <c r="B175" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C175" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D175" s="11" t="s">
+        <v>315</v>
+      </c>
+      <c r="E175" s="26">
+        <v>6.5</v>
+      </c>
+      <c r="F175" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G175" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H175" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="I175" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J175" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K175" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L175" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB175" s="19"/>
+    </row>
+    <row r="176" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="B176" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C176" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D176" s="11" t="s">
+        <v>317</v>
+      </c>
+      <c r="E176" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="F176" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G176" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H176" s="11" t="s">
+        <v>757</v>
+      </c>
+      <c r="I176" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J176" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K176" s="8" t="s">
+        <v>760</v>
+      </c>
+      <c r="L176" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB176" s="19"/>
+    </row>
+    <row r="177" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="11" t="s">
+        <v>318</v>
+      </c>
+      <c r="B177" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C177" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D177" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="E177" s="17">
+        <v>9.91</v>
+      </c>
+      <c r="F177" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G177" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H177" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="I177" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J177" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K177" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L177" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB177" s="19"/>
+    </row>
+    <row r="178" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="11" t="s">
+        <v>320</v>
+      </c>
+      <c r="B178" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C178" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D178" s="11" t="s">
+        <v>321</v>
+      </c>
+      <c r="E178" s="17">
+        <v>17.079999999999998</v>
+      </c>
+      <c r="F178" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G178" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H178" s="8" t="s">
+        <v>756</v>
+      </c>
+      <c r="I178" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J178" s="25">
+        <v>45078</v>
+      </c>
+      <c r="K178" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="L178" s="28" t="s">
+        <v>748</v>
+      </c>
+      <c r="BB178" s="19"/>
+    </row>
+    <row r="179" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="11" t="s">
+        <v>322</v>
+      </c>
+      <c r="B179" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C179" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D179" s="11" t="s">
+        <v>323</v>
+      </c>
+      <c r="E179" s="27" t="s">
+        <v>792</v>
+      </c>
+      <c r="F179" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G179" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H179" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I179" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J179" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K179" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L179" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB179" s="19"/>
+    </row>
+    <row r="180" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="11" t="s">
+        <v>324</v>
+      </c>
+      <c r="B180" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C180" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D180" s="11" t="s">
+        <v>325</v>
+      </c>
+      <c r="E180" s="26">
+        <v>0.03</v>
+      </c>
+      <c r="F180" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G180" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H180" s="8" t="s">
+        <v>569</v>
+      </c>
+      <c r="I180" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J180" s="25">
+        <v>43466</v>
+      </c>
+      <c r="K180" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L180" s="20" t="s">
+        <v>123</v>
+      </c>
+      <c r="BB180" s="19"/>
+    </row>
+    <row r="181" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="B181" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C181" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D181" s="11" t="s">
+        <v>327</v>
+      </c>
+      <c r="E181" s="26">
+        <v>10.67</v>
+      </c>
+      <c r="F181" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G181" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H181" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="I181" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J181" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K181" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L181" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB181" s="19"/>
+    </row>
+    <row r="182" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A182" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="B182" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C182" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D182" s="11" t="s">
+        <v>329</v>
+      </c>
+      <c r="E182" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F182" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G182" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H182" s="8" t="s">
+        <v>629</v>
+      </c>
+      <c r="I182" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J182" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K182" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L182" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB182" s="19"/>
+    </row>
+    <row r="183" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="11" t="s">
+        <v>330</v>
+      </c>
+      <c r="B183" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C183" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D183" s="11" t="s">
+        <v>581</v>
+      </c>
+      <c r="E183" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F183" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G183" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H183" s="8" t="s">
+        <v>630</v>
+      </c>
+      <c r="I183" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J183" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K183" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L183" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB183" s="19"/>
+    </row>
+    <row r="184" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B184" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C184" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D184" s="11" t="s">
+        <v>582</v>
+      </c>
+      <c r="E184" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F184" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G184" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H184" s="8" t="s">
+        <v>630</v>
+      </c>
+      <c r="I184" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J184" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K184" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L184" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB184" s="19"/>
+    </row>
+    <row r="185" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="11" t="s">
+        <v>769</v>
+      </c>
+      <c r="B185" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C185" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D185" s="11" t="s">
+        <v>781</v>
+      </c>
+      <c r="E185" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F185" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G185" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H185" s="8" t="s">
+        <v>630</v>
+      </c>
+      <c r="I185" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J185" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K185" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L185" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB185" s="19"/>
+    </row>
+    <row r="186" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A186" s="11" t="s">
+        <v>770</v>
+      </c>
+      <c r="B186" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C186" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D186" s="11" t="s">
+        <v>788</v>
+      </c>
+      <c r="E186" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F186" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G186" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H186" s="8" t="s">
+        <v>630</v>
+      </c>
+      <c r="I186" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J186" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K186" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L186" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB186" s="19"/>
+    </row>
+    <row r="187" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="11" t="s">
+        <v>332</v>
+      </c>
+      <c r="B187" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C187" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D187" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="E187" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="F5" s="10" t="s">
-[...14 lines deleted...]
-      <c r="K5" s="10" t="s">
+      <c r="F187" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G187" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H187" s="8" t="s">
+        <v>334</v>
+      </c>
+      <c r="I187" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J187" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K187" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L187" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB187" s="19"/>
+    </row>
+    <row r="188" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B188" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C188" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D188" s="11" t="s">
+        <v>583</v>
+      </c>
+      <c r="E188" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F188" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G188" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H188" s="8" t="s">
+        <v>631</v>
+      </c>
+      <c r="I188" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J188" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K188" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L188" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB188" s="19"/>
+    </row>
+    <row r="189" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="11" t="s">
+        <v>336</v>
+      </c>
+      <c r="B189" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C189" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D189" s="11" t="s">
+        <v>584</v>
+      </c>
+      <c r="E189" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F189" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G189" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H189" s="8" t="s">
+        <v>631</v>
+      </c>
+      <c r="I189" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J189" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K189" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L189" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB189" s="19"/>
+    </row>
+    <row r="190" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="11" t="s">
+        <v>772</v>
+      </c>
+      <c r="B190" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C190" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D190" s="11" t="s">
+        <v>782</v>
+      </c>
+      <c r="E190" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F190" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G190" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H190" s="8" t="s">
+        <v>631</v>
+      </c>
+      <c r="I190" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J190" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K190" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L190" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB190" s="19"/>
+    </row>
+    <row r="191" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="11" t="s">
+        <v>337</v>
+      </c>
+      <c r="B191" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C191" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D191" s="11" t="s">
+        <v>338</v>
+      </c>
+      <c r="E191" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F191" s="11" t="s">
+        <v>553</v>
+      </c>
+      <c r="G191" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H191" s="8" t="s">
+        <v>632</v>
+      </c>
+      <c r="I191" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J191" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K191" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L191" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB191" s="19"/>
+    </row>
+    <row r="192" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A192" s="11" t="s">
+        <v>339</v>
+      </c>
+      <c r="B192" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C192" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D192" s="11" t="s">
+        <v>585</v>
+      </c>
+      <c r="E192" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F192" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G192" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H192" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I192" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J192" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K192" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L192" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB192" s="19"/>
+    </row>
+    <row r="193" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="11" t="s">
+        <v>340</v>
+      </c>
+      <c r="B193" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C193" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D193" s="11" t="s">
+        <v>586</v>
+      </c>
+      <c r="E193" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F193" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G193" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H193" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I193" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J193" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K193" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L193" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB193" s="19"/>
+    </row>
+    <row r="194" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B194" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C194" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D194" s="11" t="s">
+        <v>587</v>
+      </c>
+      <c r="E194" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F194" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G194" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H194" s="8" t="s">
+        <v>334</v>
+      </c>
+      <c r="I194" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J194" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K194" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L194" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB194" s="19"/>
+    </row>
+    <row r="195" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A195" s="11" t="s">
+        <v>342</v>
+      </c>
+      <c r="B195" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C195" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D195" s="11" t="s">
+        <v>588</v>
+      </c>
+      <c r="E195" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F195" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G195" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H195" s="8" t="s">
+        <v>634</v>
+      </c>
+      <c r="I195" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J195" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K195" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L195" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB195" s="19"/>
+    </row>
+    <row r="196" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A196" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B196" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C196" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D196" s="11" t="s">
+        <v>589</v>
+      </c>
+      <c r="E196" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F196" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G196" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H196" s="8" t="s">
+        <v>634</v>
+      </c>
+      <c r="I196" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J196" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K196" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L196" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB196" s="19"/>
+    </row>
+    <row r="197" spans="1:54" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="11" t="s">
+        <v>344</v>
+      </c>
+      <c r="B197" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C197" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D197" s="11" t="s">
+        <v>590</v>
+      </c>
+      <c r="E197" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F197" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G197" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H197" s="8" t="s">
+        <v>634</v>
+      </c>
+      <c r="I197" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J197" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K197" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L197" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB197" s="19"/>
+    </row>
+    <row r="198" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="11" t="s">
+        <v>345</v>
+      </c>
+      <c r="B198" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C198" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D198" s="11" t="s">
+        <v>591</v>
+      </c>
+      <c r="E198" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F198" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G198" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H198" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I198" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J198" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K198" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L198" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB198" s="19"/>
+    </row>
+    <row r="199" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A199" s="11" t="s">
+        <v>346</v>
+      </c>
+      <c r="B199" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C199" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D199" s="11" t="s">
+        <v>592</v>
+      </c>
+      <c r="E199" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F199" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G199" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H199" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I199" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J199" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K199" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L199" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB199" s="19"/>
+    </row>
+    <row r="200" spans="1:54" ht="63.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="11" t="s">
+        <v>347</v>
+      </c>
+      <c r="B200" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C200" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D200" s="11" t="s">
+        <v>593</v>
+      </c>
+      <c r="E200" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F200" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G200" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H200" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I200" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J200" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K200" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L200" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB200" s="19"/>
+    </row>
+    <row r="201" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="11" t="s">
+        <v>348</v>
+      </c>
+      <c r="B201" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C201" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D201" s="11" t="s">
+        <v>594</v>
+      </c>
+      <c r="E201" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F201" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G201" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H201" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I201" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J201" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K201" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L201" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB201" s="19"/>
+    </row>
+    <row r="202" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A202" s="11" t="s">
+        <v>349</v>
+      </c>
+      <c r="B202" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C202" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D202" s="11" t="s">
+        <v>595</v>
+      </c>
+      <c r="E202" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F202" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G202" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H202" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I202" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J202" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K202" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L202" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB202" s="19"/>
+    </row>
+    <row r="203" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="11" t="s">
+        <v>350</v>
+      </c>
+      <c r="B203" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C203" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D203" s="11" t="s">
+        <v>596</v>
+      </c>
+      <c r="E203" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F203" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G203" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H203" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I203" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J203" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K203" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L203" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB203" s="19"/>
+    </row>
+    <row r="204" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A204" s="11" t="s">
+        <v>351</v>
+      </c>
+      <c r="B204" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C204" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D204" s="11" t="s">
+        <v>352</v>
+      </c>
+      <c r="E204" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F204" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G204" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H204" s="8" t="s">
+        <v>353</v>
+      </c>
+      <c r="I204" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J204" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K204" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L204" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB204" s="19"/>
+    </row>
+    <row r="205" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A205" s="11" t="s">
+        <v>354</v>
+      </c>
+      <c r="B205" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C205" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D205" s="11" t="s">
+        <v>597</v>
+      </c>
+      <c r="E205" s="26">
+        <v>0.04</v>
+      </c>
+      <c r="F205" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G205" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H205" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I205" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J205" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K205" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L205" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB205" s="19"/>
+    </row>
+    <row r="206" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A206" s="11" t="s">
+        <v>355</v>
+      </c>
+      <c r="B206" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C206" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D206" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="E206" s="26">
+        <v>0.08</v>
+      </c>
+      <c r="F206" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G206" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H206" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I206" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J206" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K206" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L206" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB206" s="19"/>
+    </row>
+    <row r="207" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A207" s="11" t="s">
+        <v>356</v>
+      </c>
+      <c r="B207" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C207" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D207" s="11" t="s">
+        <v>599</v>
+      </c>
+      <c r="E207" s="26">
+        <v>0.25</v>
+      </c>
+      <c r="F207" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G207" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H207" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I207" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J207" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K207" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L207" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB207" s="19"/>
+    </row>
+    <row r="208" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="11" t="s">
+        <v>357</v>
+      </c>
+      <c r="B208" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C208" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D208" s="11" t="s">
+        <v>600</v>
+      </c>
+      <c r="E208" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F208" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G208" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H208" s="8" t="s">
+        <v>636</v>
+      </c>
+      <c r="I208" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J208" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K208" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L208" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB208" s="19"/>
+    </row>
+    <row r="209" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A209" s="11" t="s">
+        <v>358</v>
+      </c>
+      <c r="B209" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C209" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D209" s="11" t="s">
+        <v>601</v>
+      </c>
+      <c r="E209" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F209" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G209" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H209" s="8" t="s">
+        <v>636</v>
+      </c>
+      <c r="I209" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J209" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K209" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L209" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB209" s="19"/>
+    </row>
+    <row r="210" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="11" t="s">
+        <v>359</v>
+      </c>
+      <c r="B210" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C210" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D210" s="11" t="s">
+        <v>602</v>
+      </c>
+      <c r="E210" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F210" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G210" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H210" s="8" t="s">
+        <v>636</v>
+      </c>
+      <c r="I210" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J210" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K210" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L210" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB210" s="19"/>
+    </row>
+    <row r="211" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A211" s="11" t="s">
+        <v>360</v>
+      </c>
+      <c r="B211" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C211" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D211" s="11" t="s">
+        <v>603</v>
+      </c>
+      <c r="E211" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F211" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G211" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H211" s="8" t="s">
+        <v>636</v>
+      </c>
+      <c r="I211" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J211" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K211" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L211" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB211" s="19"/>
+    </row>
+    <row r="212" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="11" t="s">
+        <v>361</v>
+      </c>
+      <c r="B212" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C212" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D212" s="11" t="s">
+        <v>604</v>
+      </c>
+      <c r="E212" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F212" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G212" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H212" s="8" t="s">
+        <v>636</v>
+      </c>
+      <c r="I212" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J212" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K212" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L212" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB212" s="19"/>
+    </row>
+    <row r="213" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="11" t="s">
+        <v>362</v>
+      </c>
+      <c r="B213" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C213" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D213" s="11" t="s">
+        <v>605</v>
+      </c>
+      <c r="E213" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F213" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G213" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H213" s="8" t="s">
+        <v>636</v>
+      </c>
+      <c r="I213" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J213" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K213" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L213" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB213" s="19"/>
+    </row>
+    <row r="214" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A214" s="11" t="s">
+        <v>363</v>
+      </c>
+      <c r="B214" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C214" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D214" s="11" t="s">
+        <v>606</v>
+      </c>
+      <c r="E214" s="26">
+        <v>0.04</v>
+      </c>
+      <c r="F214" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G214" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H214" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I214" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J214" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K214" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L214" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB214" s="19"/>
+    </row>
+    <row r="215" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A215" s="11" t="s">
+        <v>364</v>
+      </c>
+      <c r="B215" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C215" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D215" s="11" t="s">
+        <v>607</v>
+      </c>
+      <c r="E215" s="26">
+        <v>0.08</v>
+      </c>
+      <c r="F215" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G215" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H215" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I215" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J215" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K215" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L215" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB215" s="19"/>
+    </row>
+    <row r="216" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A216" s="11" t="s">
+        <v>365</v>
+      </c>
+      <c r="B216" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C216" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D216" s="11" t="s">
+        <v>608</v>
+      </c>
+      <c r="E216" s="26">
+        <v>0.25</v>
+      </c>
+      <c r="F216" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G216" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H216" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I216" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J216" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K216" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L216" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB216" s="19"/>
+    </row>
+    <row r="217" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A217" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="B217" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C217" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D217" s="11" t="s">
+        <v>609</v>
+      </c>
+      <c r="E217" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F217" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G217" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H217" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I217" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J217" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K217" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L217" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB217" s="19"/>
+    </row>
+    <row r="218" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A218" s="11" t="s">
+        <v>367</v>
+      </c>
+      <c r="B218" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C218" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D218" s="11" t="s">
+        <v>610</v>
+      </c>
+      <c r="E218" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F218" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G218" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H218" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I218" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J218" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K218" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L218" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB218" s="19"/>
+    </row>
+    <row r="219" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="11" t="s">
+        <v>368</v>
+      </c>
+      <c r="B219" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C219" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D219" s="11" t="s">
+        <v>611</v>
+      </c>
+      <c r="E219" s="26">
+        <v>15.35</v>
+      </c>
+      <c r="F219" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G219" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H219" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I219" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J219" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K219" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L219" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB219" s="19"/>
+    </row>
+    <row r="220" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="11" t="s">
+        <v>369</v>
+      </c>
+      <c r="B220" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C220" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D220" s="11" t="s">
+        <v>612</v>
+      </c>
+      <c r="E220" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F220" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G220" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H220" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I220" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J220" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K220" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L220" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB220" s="19"/>
+    </row>
+    <row r="221" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="11" t="s">
+        <v>370</v>
+      </c>
+      <c r="B221" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C221" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D221" s="11" t="s">
+        <v>613</v>
+      </c>
+      <c r="E221" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F221" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G221" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H221" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I221" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J221" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K221" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L221" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB221" s="19"/>
+    </row>
+    <row r="222" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A222" s="11" t="s">
+        <v>371</v>
+      </c>
+      <c r="B222" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C222" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D222" s="11" t="s">
+        <v>614</v>
+      </c>
+      <c r="E222" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F222" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G222" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H222" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I222" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J222" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K222" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L222" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB222" s="19"/>
+    </row>
+    <row r="223" spans="1:54" ht="65.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="B223" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C223" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D223" s="11" t="s">
+        <v>615</v>
+      </c>
+      <c r="E223" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F223" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G223" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H223" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I223" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J223" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K223" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L223" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB223" s="19"/>
+    </row>
+    <row r="224" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="11" t="s">
+        <v>373</v>
+      </c>
+      <c r="B224" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C224" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D224" s="11" t="s">
+        <v>616</v>
+      </c>
+      <c r="E224" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F224" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G224" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H224" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I224" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J224" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K224" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L224" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB224" s="19"/>
+    </row>
+    <row r="225" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A225" s="11" t="s">
+        <v>374</v>
+      </c>
+      <c r="B225" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C225" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D225" s="11" t="s">
+        <v>617</v>
+      </c>
+      <c r="E225" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="F225" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G225" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H225" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I225" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J225" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K225" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L225" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB225" s="19"/>
+    </row>
+    <row r="226" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A226" s="11" t="s">
+        <v>375</v>
+      </c>
+      <c r="B226" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C226" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D226" s="11" t="s">
+        <v>376</v>
+      </c>
+      <c r="E226" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F226" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G226" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H226" s="8" t="s">
+        <v>686</v>
+      </c>
+      <c r="I226" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J226" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K226" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L226" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB226" s="19"/>
+    </row>
+    <row r="227" spans="1:54" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="11" t="s">
+        <v>377</v>
+      </c>
+      <c r="B227" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C227" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D227" s="11" t="s">
+        <v>378</v>
+      </c>
+      <c r="E227" s="26">
+        <v>1.94</v>
+      </c>
+      <c r="F227" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G227" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H227" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="I227" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J227" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K227" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L227" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB227" s="19"/>
+    </row>
+    <row r="228" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A228" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="B228" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C228" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D228" s="11" t="s">
+        <v>618</v>
+      </c>
+      <c r="E228" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F228" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G228" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H228" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I228" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J228" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K228" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L228" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB228" s="19"/>
+    </row>
+    <row r="229" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A229" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="B229" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C229" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D229" s="11" t="s">
+        <v>619</v>
+      </c>
+      <c r="E229" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F229" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G229" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H229" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I229" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J229" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K229" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L229" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB229" s="19"/>
+    </row>
+    <row r="230" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A230" s="11" t="s">
+        <v>381</v>
+      </c>
+      <c r="B230" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C230" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D230" s="11" t="s">
+        <v>620</v>
+      </c>
+      <c r="E230" s="26">
+        <v>29.42</v>
+      </c>
+      <c r="F230" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G230" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H230" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I230" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J230" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K230" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L230" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB230" s="19"/>
+    </row>
+    <row r="231" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A231" s="11" t="s">
+        <v>382</v>
+      </c>
+      <c r="B231" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C231" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D231" s="11" t="s">
+        <v>621</v>
+      </c>
+      <c r="E231" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F231" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G231" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H231" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I231" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J231" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K231" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L231" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB231" s="19"/>
+    </row>
+    <row r="232" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A232" s="11" t="s">
+        <v>383</v>
+      </c>
+      <c r="B232" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C232" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D232" s="11" t="s">
+        <v>622</v>
+      </c>
+      <c r="E232" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F232" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G232" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H232" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I232" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J232" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K232" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L232" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB232" s="19"/>
+    </row>
+    <row r="233" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A233" s="11" t="s">
+        <v>384</v>
+      </c>
+      <c r="B233" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C233" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D233" s="11" t="s">
+        <v>623</v>
+      </c>
+      <c r="E233" s="26">
+        <v>19.02</v>
+      </c>
+      <c r="F233" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G233" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H233" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I233" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J233" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K233" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L233" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB233" s="19"/>
+    </row>
+    <row r="234" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="11" t="s">
+        <v>385</v>
+      </c>
+      <c r="B234" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C234" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D234" s="11" t="s">
+        <v>386</v>
+      </c>
+      <c r="E234" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F234" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G234" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H234" s="8" t="s">
+        <v>638</v>
+      </c>
+      <c r="I234" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J234" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K234" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L234" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB234" s="19"/>
+    </row>
+    <row r="235" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="B235" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C235" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D235" s="11" t="s">
+        <v>570</v>
+      </c>
+      <c r="E235" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F235" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G235" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H235" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I235" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J235" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K235" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L235" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB235" s="19"/>
+    </row>
+    <row r="236" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="11" t="s">
+        <v>388</v>
+      </c>
+      <c r="B236" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C236" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D236" s="11" t="s">
+        <v>624</v>
+      </c>
+      <c r="E236" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F236" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G236" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H236" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I236" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J236" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K236" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L236" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB236" s="19"/>
+    </row>
+    <row r="237" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="11" t="s">
+        <v>389</v>
+      </c>
+      <c r="B237" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C237" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D237" s="11" t="s">
+        <v>571</v>
+      </c>
+      <c r="E237" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F237" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G237" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H237" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I237" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J237" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K237" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L237" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB237" s="19"/>
+    </row>
+    <row r="238" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="11" t="s">
+        <v>390</v>
+      </c>
+      <c r="B238" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C238" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D238" s="11" t="s">
+        <v>572</v>
+      </c>
+      <c r="E238" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F238" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G238" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H238" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I238" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J238" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K238" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L238" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB238" s="19"/>
+    </row>
+    <row r="239" spans="1:54" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="11" t="s">
+        <v>391</v>
+      </c>
+      <c r="B239" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C239" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D239" s="11" t="s">
+        <v>573</v>
+      </c>
+      <c r="E239" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F239" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G239" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H239" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I239" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J239" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K239" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L239" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB239" s="19"/>
+    </row>
+    <row r="240" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A240" s="11" t="s">
+        <v>392</v>
+      </c>
+      <c r="B240" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C240" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D240" s="11" t="s">
+        <v>574</v>
+      </c>
+      <c r="E240" s="26">
+        <v>5.07</v>
+      </c>
+      <c r="F240" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G240" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H240" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I240" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J240" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K240" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L240" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB240" s="19"/>
+    </row>
+    <row r="241" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A241" s="11" t="s">
+        <v>393</v>
+      </c>
+      <c r="B241" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C241" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D241" s="11" t="s">
+        <v>575</v>
+      </c>
+      <c r="E241" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F241" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G241" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H241" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I241" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J241" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K241" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L241" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB241" s="19"/>
+    </row>
+    <row r="242" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="11" t="s">
+        <v>394</v>
+      </c>
+      <c r="B242" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C242" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D242" s="11" t="s">
+        <v>576</v>
+      </c>
+      <c r="E242" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F242" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G242" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H242" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I242" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J242" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K242" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L242" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB242" s="19"/>
+    </row>
+    <row r="243" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="11" t="s">
+        <v>395</v>
+      </c>
+      <c r="B243" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C243" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D243" s="11" t="s">
+        <v>577</v>
+      </c>
+      <c r="E243" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F243" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G243" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H243" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="I243" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J243" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K243" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L243" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB243" s="19"/>
+    </row>
+    <row r="244" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="11" t="s">
+        <v>396</v>
+      </c>
+      <c r="B244" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C244" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D244" s="11" t="s">
+        <v>397</v>
+      </c>
+      <c r="E244" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F244" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G244" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H244" s="8" t="s">
+        <v>688</v>
+      </c>
+      <c r="I244" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J244" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K244" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L244" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB244" s="19"/>
+    </row>
+    <row r="245" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="11" t="s">
+        <v>398</v>
+      </c>
+      <c r="B245" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C245" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D245" s="11" t="s">
+        <v>399</v>
+      </c>
+      <c r="E245" s="26" t="s">
+        <v>773</v>
+      </c>
+      <c r="F245" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="G245" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H245" s="8" t="s">
+        <v>689</v>
+      </c>
+      <c r="I245" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J245" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K245" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L245" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB245" s="19"/>
+    </row>
+    <row r="246" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="11" t="s">
+        <v>400</v>
+      </c>
+      <c r="B246" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C246" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D246" s="11" t="s">
+        <v>401</v>
+      </c>
+      <c r="E246" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F246" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G246" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H246" s="8" t="s">
+        <v>639</v>
+      </c>
+      <c r="I246" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J246" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K246" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L246" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB246" s="19"/>
+    </row>
+    <row r="247" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="11" t="s">
+        <v>402</v>
+      </c>
+      <c r="B247" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C247" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D247" s="11" t="s">
+        <v>578</v>
+      </c>
+      <c r="E247" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F247" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G247" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H247" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I247" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J247" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K247" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L247" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB247" s="19"/>
+    </row>
+    <row r="248" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A248" s="11" t="s">
+        <v>403</v>
+      </c>
+      <c r="B248" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C248" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D248" s="11" t="s">
+        <v>579</v>
+      </c>
+      <c r="E248" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F248" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G248" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H248" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I248" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J248" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K248" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L248" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB248" s="19"/>
+    </row>
+    <row r="249" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="11" t="s">
+        <v>404</v>
+      </c>
+      <c r="B249" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C249" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D249" s="11" t="s">
+        <v>580</v>
+      </c>
+      <c r="E249" s="26">
+        <v>0.34</v>
+      </c>
+      <c r="F249" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G249" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H249" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I249" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J249" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K249" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L249" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB249" s="19"/>
+    </row>
+    <row r="250" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="11" t="s">
+        <v>405</v>
+      </c>
+      <c r="B250" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C250" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D250" s="11" t="s">
+        <v>406</v>
+      </c>
+      <c r="E250" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F250" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G250" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H250" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I250" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J250" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K250" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L250" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB250" s="19"/>
+    </row>
+    <row r="251" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A251" s="11" t="s">
+        <v>407</v>
+      </c>
+      <c r="B251" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C251" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D251" s="11" t="s">
+        <v>408</v>
+      </c>
+      <c r="E251" s="26">
+        <v>0.31</v>
+      </c>
+      <c r="F251" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G251" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H251" s="8" t="s">
+        <v>640</v>
+      </c>
+      <c r="I251" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J251" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K251" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L251" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB251" s="19"/>
+    </row>
+    <row r="252" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="11" t="s">
+        <v>409</v>
+      </c>
+      <c r="B252" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C252" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D252" s="11" t="s">
+        <v>410</v>
+      </c>
+      <c r="E252" s="26">
+        <v>0.15</v>
+      </c>
+      <c r="F252" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G252" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H252" s="8" t="s">
+        <v>640</v>
+      </c>
+      <c r="I252" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J252" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K252" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L252" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB252" s="19"/>
+    </row>
+    <row r="253" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A253" s="11" t="s">
+        <v>774</v>
+      </c>
+      <c r="B253" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C253" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D253" s="11" t="s">
+        <v>783</v>
+      </c>
+      <c r="E253" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F253" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G253" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H253" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I253" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J253" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K253" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L253" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB253" s="19"/>
+    </row>
+    <row r="254" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="11" t="s">
+        <v>411</v>
+      </c>
+      <c r="B254" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C254" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D254" s="11" t="s">
+        <v>412</v>
+      </c>
+      <c r="E254" s="26">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F254" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G254" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H254" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="I254" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J254" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K254" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L254" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB254" s="19"/>
+    </row>
+    <row r="255" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A255" s="11" t="s">
+        <v>413</v>
+      </c>
+      <c r="B255" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C255" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D255" s="11" t="s">
+        <v>414</v>
+      </c>
+      <c r="E255" s="26">
+        <v>0.23</v>
+      </c>
+      <c r="F255" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G255" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H255" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="I255" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J255" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K255" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L255" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB255" s="19"/>
+    </row>
+    <row r="256" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="11" t="s">
+        <v>415</v>
+      </c>
+      <c r="B256" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C256" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D256" s="11" t="s">
+        <v>416</v>
+      </c>
+      <c r="E256" s="26">
+        <v>0.45</v>
+      </c>
+      <c r="F256" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G256" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H256" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="I256" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="J256" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K256" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L256" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB256" s="19"/>
+    </row>
+    <row r="257" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="11" t="s">
+        <v>417</v>
+      </c>
+      <c r="B257" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C257" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D257" s="11" t="s">
+        <v>418</v>
+      </c>
+      <c r="E257" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F257" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G257" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H257" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="I257" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J257" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K257" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L257" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB257" s="19"/>
+    </row>
+    <row r="258" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="11" t="s">
+        <v>419</v>
+      </c>
+      <c r="B258" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C258" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D258" s="11" t="s">
+        <v>420</v>
+      </c>
+      <c r="E258" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F258" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G258" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H258" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="I258" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J258" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K258" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L258" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB258" s="19"/>
+    </row>
+    <row r="259" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="11" t="s">
+        <v>421</v>
+      </c>
+      <c r="B259" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C259" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D259" s="11" t="s">
+        <v>422</v>
+      </c>
+      <c r="E259" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F259" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G259" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H259" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="I259" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J259" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K259" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L259" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB259" s="19"/>
+    </row>
+    <row r="260" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="11" t="s">
+        <v>789</v>
+      </c>
+      <c r="B260" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C260" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D260" s="11" t="s">
+        <v>790</v>
+      </c>
+      <c r="E260" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F260" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G260" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H260" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I260" s="8" t="s">
+        <v>763</v>
+      </c>
+      <c r="J260" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K260" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L260" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB260" s="19"/>
+    </row>
+    <row r="261" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="11" t="s">
+        <v>423</v>
+      </c>
+      <c r="B261" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C261" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D261" s="11" t="s">
+        <v>424</v>
+      </c>
+      <c r="E261" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F261" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G261" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H261" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I261" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J261" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K261" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L261" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB261" s="19"/>
+    </row>
+    <row r="262" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="11" t="s">
+        <v>425</v>
+      </c>
+      <c r="B262" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C262" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D262" s="11" t="s">
+        <v>426</v>
+      </c>
+      <c r="E262" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F262" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G262" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H262" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I262" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J262" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K262" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L262" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB262" s="19"/>
+    </row>
+    <row r="263" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="11" t="s">
+        <v>427</v>
+      </c>
+      <c r="B263" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C263" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D263" s="11" t="s">
+        <v>428</v>
+      </c>
+      <c r="E263" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F263" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G263" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H263" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="I263" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J263" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K263" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L263" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB263" s="19"/>
+    </row>
+    <row r="264" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="11" t="s">
+        <v>429</v>
+      </c>
+      <c r="B264" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="C264" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D264" s="11" t="s">
+        <v>430</v>
+      </c>
+      <c r="E264" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="F264" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="G264" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H264" s="8" t="s">
+        <v>639</v>
+      </c>
+      <c r="I264" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="J264" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K264" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L264" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB264" s="19"/>
+    </row>
+    <row r="265" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="11" t="s">
+        <v>431</v>
+      </c>
+      <c r="B265" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C265" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D265" s="11" t="s">
+        <v>432</v>
+      </c>
+      <c r="E265" s="26">
+        <v>3.1</v>
+      </c>
+      <c r="F265" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G265" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H265" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="I265" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J265" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K265" s="8" t="s">
         <v>557</v>
       </c>
-      <c r="L5" s="27" t="s">
-[...16 lines deleted...]
-      <c r="E6" s="25" t="s">
+      <c r="L265" s="24" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB265" s="19"/>
+    </row>
+    <row r="266" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="11" t="s">
+        <v>433</v>
+      </c>
+      <c r="B266" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C266" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D266" s="11" t="s">
+        <v>434</v>
+      </c>
+      <c r="E266" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="10" t="s">
-[...14 lines deleted...]
-      <c r="K6" s="10" t="s">
+      <c r="F266" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G266" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H266" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I266" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J266" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K266" s="8" t="s">
         <v>557</v>
       </c>
-      <c r="L6" s="27" t="s">
-[...16 lines deleted...]
-      <c r="E7" s="25" t="s">
+      <c r="L266" s="24" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB266" s="19"/>
+    </row>
+    <row r="267" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="11" t="s">
+        <v>435</v>
+      </c>
+      <c r="B267" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C267" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D267" s="11" t="s">
+        <v>436</v>
+      </c>
+      <c r="E267" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="F7" s="10" t="s">
-[...14 lines deleted...]
-      <c r="K7" s="10" t="s">
+      <c r="F267" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G267" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H267" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I267" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J267" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K267" s="8" t="s">
         <v>557</v>
       </c>
-      <c r="L7" s="27" t="s">
-[...16 lines deleted...]
-      <c r="E8" s="25" t="s">
+      <c r="L267" s="24" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB267" s="19"/>
+    </row>
+    <row r="268" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="11" t="s">
+        <v>437</v>
+      </c>
+      <c r="B268" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C268" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D268" s="11" t="s">
+        <v>438</v>
+      </c>
+      <c r="E268" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="F8" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H8" s="10" t="s">
+      <c r="F268" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G268" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H268" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="I268" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J268" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K268" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L268" s="24" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB268" s="19"/>
+    </row>
+    <row r="269" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="11" t="s">
+        <v>440</v>
+      </c>
+      <c r="B269" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C269" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D269" s="11" t="s">
+        <v>441</v>
+      </c>
+      <c r="E269" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F269" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G269" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H269" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I269" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J269" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K269" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L269" s="20" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB269" s="19"/>
+    </row>
+    <row r="270" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="11" t="s">
+        <v>442</v>
+      </c>
+      <c r="B270" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C270" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D270" s="11" t="s">
+        <v>443</v>
+      </c>
+      <c r="E270" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F270" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G270" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H270" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I270" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J270" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K270" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L270" s="24" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB270" s="19"/>
+    </row>
+    <row r="271" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="11" t="s">
+        <v>444</v>
+      </c>
+      <c r="B271" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C271" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D271" s="11" t="s">
+        <v>445</v>
+      </c>
+      <c r="E271" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F271" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G271" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H271" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="I271" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J271" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K271" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L271" s="24" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB271" s="19"/>
+    </row>
+    <row r="272" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="11" t="s">
+        <v>446</v>
+      </c>
+      <c r="B272" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C272" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D272" s="11" t="s">
+        <v>447</v>
+      </c>
+      <c r="E272" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F272" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G272" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H272" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="I272" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J272" s="25">
+        <v>44743</v>
+      </c>
+      <c r="K272" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L272" s="28" t="s">
+        <v>734</v>
+      </c>
+      <c r="BB272" s="19"/>
+    </row>
+    <row r="273" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="11" t="s">
+        <v>448</v>
+      </c>
+      <c r="B273" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C273" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D273" s="11" t="s">
+        <v>449</v>
+      </c>
+      <c r="E273" s="27">
+        <v>0.83</v>
+      </c>
+      <c r="F273" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G273" s="8" t="s">
+        <v>730</v>
+      </c>
+      <c r="H273" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="I273" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J273" s="25">
+        <v>44743</v>
+      </c>
+      <c r="K273" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L273" s="28" t="s">
+        <v>734</v>
+      </c>
+      <c r="BB273" s="19"/>
+    </row>
+    <row r="274" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="11" t="s">
+        <v>450</v>
+      </c>
+      <c r="B274" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="C274" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D274" s="11" t="s">
+        <v>451</v>
+      </c>
+      <c r="E274" s="27">
+        <v>8.8800000000000008</v>
+      </c>
+      <c r="F274" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G274" s="8" t="s">
+        <v>730</v>
+      </c>
+      <c r="H274" s="11" t="s">
+        <v>731</v>
+      </c>
+      <c r="I274" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J274" s="25">
+        <v>44743</v>
+      </c>
+      <c r="K274" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L274" s="28" t="s">
+        <v>734</v>
+      </c>
+      <c r="BB274" s="19"/>
+    </row>
+    <row r="275" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="11" t="s">
+        <v>452</v>
+      </c>
+      <c r="B275" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C275" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D275" s="11" t="s">
+        <v>453</v>
+      </c>
+      <c r="E275" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F275" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G275" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H275" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="I275" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J275" s="25">
+        <v>42278</v>
+      </c>
+      <c r="K275" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L275" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB275" s="19"/>
+    </row>
+    <row r="276" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="11" t="s">
+        <v>454</v>
+      </c>
+      <c r="B276" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C276" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D276" s="11" t="s">
+        <v>455</v>
+      </c>
+      <c r="E276" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F276" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G276" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H276" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="I276" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J276" s="25">
+        <v>42278</v>
+      </c>
+      <c r="K276" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L276" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB276" s="19"/>
+    </row>
+    <row r="277" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="11" t="s">
+        <v>456</v>
+      </c>
+      <c r="B277" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C277" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D277" s="11" t="s">
+        <v>457</v>
+      </c>
+      <c r="E277" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F277" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G277" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H277" s="8" t="s">
+        <v>458</v>
+      </c>
+      <c r="I277" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J277" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K277" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L277" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB277" s="19"/>
+    </row>
+    <row r="278" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="11" t="s">
+        <v>459</v>
+      </c>
+      <c r="B278" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C278" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D278" s="11" t="s">
+        <v>460</v>
+      </c>
+      <c r="E278" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F278" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G278" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H278" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I278" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J278" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K278" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L278" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB278" s="19"/>
+    </row>
+    <row r="279" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="11" t="s">
+        <v>461</v>
+      </c>
+      <c r="B279" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C279" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D279" s="11" t="s">
+        <v>462</v>
+      </c>
+      <c r="E279" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F279" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G279" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H279" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="I279" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J279" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K279" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L279" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB279" s="19"/>
+    </row>
+    <row r="280" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="11" t="s">
+        <v>464</v>
+      </c>
+      <c r="B280" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C280" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D280" s="11" t="s">
+        <v>465</v>
+      </c>
+      <c r="E280" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F280" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G280" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H280" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I280" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J280" s="25">
+        <v>42278</v>
+      </c>
+      <c r="K280" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L280" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB280" s="19"/>
+    </row>
+    <row r="281" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="11" t="s">
+        <v>466</v>
+      </c>
+      <c r="B281" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C281" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D281" s="11" t="s">
+        <v>467</v>
+      </c>
+      <c r="E281" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F281" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G281" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H281" s="8" t="s">
+        <v>468</v>
+      </c>
+      <c r="I281" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J281" s="25">
+        <v>42278</v>
+      </c>
+      <c r="K281" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L281" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB281" s="19"/>
+    </row>
+    <row r="282" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="11" t="s">
+        <v>466</v>
+      </c>
+      <c r="B282" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C282" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D282" s="11" t="s">
+        <v>467</v>
+      </c>
+      <c r="E282" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F282" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G282" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H282" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I282" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J282" s="25">
+        <v>46023</v>
+      </c>
+      <c r="K282" s="8" t="s">
+        <v>814</v>
+      </c>
+      <c r="L282" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB282" s="19"/>
+    </row>
+    <row r="283" spans="1:54" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="11" t="s">
+        <v>469</v>
+      </c>
+      <c r="B283" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C283" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D283" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="E283" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F283" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G283" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H283" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I283" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J283" s="52">
+        <v>42278</v>
+      </c>
+      <c r="K283" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L283" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB283" s="19"/>
+    </row>
+    <row r="284" spans="1:54" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="11" t="s">
+        <v>471</v>
+      </c>
+      <c r="B284" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C284" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D284" s="11" t="s">
+        <v>472</v>
+      </c>
+      <c r="E284" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F284" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G284" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H284" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I284" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J284" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K284" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L284" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB284" s="19"/>
+    </row>
+    <row r="285" spans="1:54" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="11" t="s">
+        <v>473</v>
+      </c>
+      <c r="B285" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C285" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D285" s="11" t="s">
+        <v>474</v>
+      </c>
+      <c r="E285" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F285" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G285" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H285" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I285" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J285" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K285" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L285" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB285" s="19"/>
+    </row>
+    <row r="286" spans="1:54" ht="63.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="11" t="s">
+        <v>475</v>
+      </c>
+      <c r="B286" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C286" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D286" s="11" t="s">
+        <v>476</v>
+      </c>
+      <c r="E286" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F286" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G286" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H286" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I286" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J286" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K286" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L286" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB286" s="19"/>
+    </row>
+    <row r="287" spans="1:54" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="11" t="s">
+        <v>477</v>
+      </c>
+      <c r="B287" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C287" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D287" s="11" t="s">
+        <v>478</v>
+      </c>
+      <c r="E287" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F287" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G287" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H287" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="I287" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J287" s="52">
+        <v>42278</v>
+      </c>
+      <c r="K287" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L287" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB287" s="19"/>
+    </row>
+    <row r="288" spans="1:54" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="11" t="s">
+        <v>479</v>
+      </c>
+      <c r="B288" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C288" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D288" s="11" t="s">
+        <v>480</v>
+      </c>
+      <c r="E288" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F288" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G288" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H288" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="I288" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J288" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K288" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L288" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB288" s="19"/>
+    </row>
+    <row r="289" spans="1:54" ht="65.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="11" t="s">
+        <v>481</v>
+      </c>
+      <c r="B289" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C289" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D289" s="11" t="s">
+        <v>482</v>
+      </c>
+      <c r="E289" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F289" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G289" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H289" s="8" t="s">
+        <v>483</v>
+      </c>
+      <c r="I289" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J289" s="52">
+        <v>42278</v>
+      </c>
+      <c r="K289" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L289" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB289" s="19"/>
+    </row>
+    <row r="290" spans="1:54" ht="60" x14ac:dyDescent="0.25">
+      <c r="A290" s="11" t="s">
+        <v>484</v>
+      </c>
+      <c r="B290" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C290" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D290" s="11" t="s">
+        <v>485</v>
+      </c>
+      <c r="E290" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F290" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G290" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H290" s="8" t="s">
+        <v>486</v>
+      </c>
+      <c r="I290" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J290" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K290" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L290" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB290" s="19"/>
+    </row>
+    <row r="291" spans="1:54" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="11" t="s">
+        <v>487</v>
+      </c>
+      <c r="B291" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C291" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D291" s="11" t="s">
+        <v>488</v>
+      </c>
+      <c r="E291" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F291" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G291" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H291" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I291" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J291" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K291" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L291" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB291" s="19"/>
+    </row>
+    <row r="292" spans="1:54" ht="65.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="11" t="s">
+        <v>489</v>
+      </c>
+      <c r="B292" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C292" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D292" s="11" t="s">
+        <v>490</v>
+      </c>
+      <c r="E292" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="F292" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G292" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H292" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="I292" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="J292" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K292" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L292" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB292" s="19"/>
+    </row>
+    <row r="293" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A293" s="11" t="s">
+        <v>491</v>
+      </c>
+      <c r="B293" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C293" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D293" s="11" t="s">
+        <v>544</v>
+      </c>
+      <c r="E293" s="27">
+        <v>5.6</v>
+      </c>
+      <c r="F293" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G293" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H293" s="11" t="s">
+        <v>493</v>
+      </c>
+      <c r="I293" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J293" s="31">
+        <v>45017</v>
+      </c>
+      <c r="K293" s="8" t="s">
+        <v>736</v>
+      </c>
+      <c r="L293" s="23" t="s">
+        <v>746</v>
+      </c>
+      <c r="BB293" s="19"/>
+    </row>
+    <row r="294" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A294" s="11" t="s">
+        <v>494</v>
+      </c>
+      <c r="B294" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C294" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D294" s="11" t="s">
+        <v>702</v>
+      </c>
+      <c r="E294" s="27">
+        <v>7.3010999999999999</v>
+      </c>
+      <c r="F294" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G294" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H294" s="11" t="s">
+        <v>493</v>
+      </c>
+      <c r="I294" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J294" s="36">
+        <v>45017</v>
+      </c>
+      <c r="K294" s="24" t="s">
+        <v>736</v>
+      </c>
+      <c r="L294" s="23" t="s">
+        <v>746</v>
+      </c>
+      <c r="BB294" s="19"/>
+    </row>
+    <row r="295" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="11" t="s">
+        <v>495</v>
+      </c>
+      <c r="B295" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C295" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D295" s="11" t="s">
+        <v>545</v>
+      </c>
+      <c r="E295" s="27">
+        <v>5.5677000000000003</v>
+      </c>
+      <c r="F295" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G295" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H295" s="11" t="s">
+        <v>493</v>
+      </c>
+      <c r="I295" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J295" s="31">
+        <v>45017</v>
+      </c>
+      <c r="K295" s="8" t="s">
+        <v>736</v>
+      </c>
+      <c r="L295" s="23" t="s">
+        <v>746</v>
+      </c>
+      <c r="BB295" s="19"/>
+    </row>
+    <row r="296" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A296" s="11" t="s">
+        <v>496</v>
+      </c>
+      <c r="B296" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C296" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D296" s="11" t="s">
+        <v>497</v>
+      </c>
+      <c r="E296" s="37">
+        <v>21.27</v>
+      </c>
+      <c r="F296" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G296" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H296" s="8" t="s">
+        <v>498</v>
+      </c>
+      <c r="I296" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J296" s="31">
+        <v>45017</v>
+      </c>
+      <c r="K296" s="8" t="s">
+        <v>736</v>
+      </c>
+      <c r="L296" s="23" t="s">
+        <v>746</v>
+      </c>
+      <c r="BB296" s="19"/>
+    </row>
+    <row r="297" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="11" t="s">
+        <v>499</v>
+      </c>
+      <c r="B297" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C297" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D297" s="11" t="s">
+        <v>500</v>
+      </c>
+      <c r="E297" s="27">
+        <v>13.066000000000001</v>
+      </c>
+      <c r="F297" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G297" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H297" s="8" t="s">
+        <v>498</v>
+      </c>
+      <c r="I297" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J297" s="31">
+        <v>45017</v>
+      </c>
+      <c r="K297" s="8" t="s">
+        <v>736</v>
+      </c>
+      <c r="L297" s="23" t="s">
+        <v>746</v>
+      </c>
+      <c r="BB297" s="19"/>
+    </row>
+    <row r="298" spans="1:54" ht="30" x14ac:dyDescent="0.25">
+      <c r="A298" s="11" t="s">
+        <v>501</v>
+      </c>
+      <c r="B298" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C298" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D298" s="11" t="s">
+        <v>502</v>
+      </c>
+      <c r="E298" s="26">
+        <v>1.82</v>
+      </c>
+      <c r="F298" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G298" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H298" s="8" t="s">
+        <v>498</v>
+      </c>
+      <c r="I298" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J298" s="31">
+        <v>44166</v>
+      </c>
+      <c r="K298" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L298" s="23" t="s">
+        <v>701</v>
+      </c>
+      <c r="BB298" s="19"/>
+    </row>
+    <row r="299" spans="1:54" ht="30" x14ac:dyDescent="0.25">
+      <c r="A299" s="11" t="s">
+        <v>503</v>
+      </c>
+      <c r="B299" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C299" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D299" s="11" t="s">
+        <v>504</v>
+      </c>
+      <c r="E299" s="26">
+        <v>74.39</v>
+      </c>
+      <c r="F299" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G299" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H299" s="8" t="s">
+        <v>498</v>
+      </c>
+      <c r="I299" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J299" s="31">
+        <v>44166</v>
+      </c>
+      <c r="K299" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L299" s="23" t="s">
+        <v>701</v>
+      </c>
+      <c r="BB299" s="19"/>
+    </row>
+    <row r="300" spans="1:54" ht="30" x14ac:dyDescent="0.25">
+      <c r="A300" s="11" t="s">
+        <v>505</v>
+      </c>
+      <c r="B300" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C300" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D300" s="11" t="s">
+        <v>506</v>
+      </c>
+      <c r="E300" s="26">
+        <v>119.79</v>
+      </c>
+      <c r="F300" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G300" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H300" s="8" t="s">
+        <v>498</v>
+      </c>
+      <c r="I300" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J300" s="31">
+        <v>44166</v>
+      </c>
+      <c r="K300" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L300" s="23" t="s">
+        <v>701</v>
+      </c>
+      <c r="BB300" s="19"/>
+    </row>
+    <row r="301" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="11" t="s">
+        <v>693</v>
+      </c>
+      <c r="B301" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C301" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D301" s="11" t="s">
+        <v>694</v>
+      </c>
+      <c r="E301" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="F301" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="G301" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H301" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="I301" s="8" t="s">
+        <v>793</v>
+      </c>
+      <c r="J301" s="25">
+        <v>43831</v>
+      </c>
+      <c r="K301" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L301" s="23" t="s">
+        <v>691</v>
+      </c>
+      <c r="BB301" s="19"/>
+    </row>
+    <row r="302" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="11" t="s">
+        <v>507</v>
+      </c>
+      <c r="B302" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="C302" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D302" s="11" t="s">
+        <v>508</v>
+      </c>
+      <c r="E302" s="27">
+        <v>21.545300000000001</v>
+      </c>
+      <c r="F302" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G302" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H302" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="I8" s="10" t="s">
+      <c r="I302" s="8" t="s">
+        <v>794</v>
+      </c>
+      <c r="J302" s="31">
+        <v>45017</v>
+      </c>
+      <c r="K302" s="8" t="s">
+        <v>737</v>
+      </c>
+      <c r="L302" s="23" t="s">
+        <v>746</v>
+      </c>
+      <c r="BB302" s="19"/>
+    </row>
+    <row r="303" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="11" t="s">
+        <v>509</v>
+      </c>
+      <c r="B303" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C303" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D303" s="11" t="s">
+        <v>510</v>
+      </c>
+      <c r="E303" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F303" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G303" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H303" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I303" s="8" t="s">
         <v>556</v>
       </c>
-      <c r="J8" s="8" t="s">
+      <c r="J303" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="K8" s="10" t="s">
+      <c r="K303" s="8" t="s">
         <v>557</v>
       </c>
-      <c r="L8" s="15" t="s">
-[...113 lines deleted...]
-      <c r="L11" s="15" t="s">
+      <c r="L303" s="24" t="s">
         <v>547</v>
       </c>
-    </row>
-[...1656 lines deleted...]
-      <c r="H55" s="9" t="s">
+      <c r="BB303" s="19"/>
+    </row>
+    <row r="304" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A304" s="30" t="s">
+        <v>775</v>
+      </c>
+      <c r="B304" s="30" t="s">
         <v>764</v>
-      </c>
-[...9442 lines deleted...]
-        <v>696</v>
       </c>
       <c r="C304" s="8" t="s">
         <v>549</v>
       </c>
-      <c r="D304" s="8" t="s">
-[...3 lines deleted...]
-        <v>700</v>
+      <c r="D304" s="30" t="s">
+        <v>784</v>
+      </c>
+      <c r="E304" s="27" t="s">
+        <v>762</v>
       </c>
       <c r="F304" s="8" t="s">
         <v>551</v>
       </c>
-      <c r="G304" s="9" t="s">
-[...3 lines deleted...]
-        <v>712</v>
+      <c r="G304" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H304" s="30" t="s">
+        <v>185</v>
       </c>
       <c r="I304" s="8" t="s">
-        <v>726</v>
-[...16 lines deleted...]
-        <v>696</v>
+        <v>771</v>
+      </c>
+      <c r="J304" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K304" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L304" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB304" s="19"/>
+    </row>
+    <row r="305" spans="1:54" ht="45" x14ac:dyDescent="0.25">
+      <c r="A305" s="30" t="s">
+        <v>776</v>
+      </c>
+      <c r="B305" s="30" t="s">
+        <v>764</v>
       </c>
       <c r="C305" s="8" t="s">
         <v>549</v>
       </c>
-      <c r="D305" s="8" t="s">
+      <c r="D305" s="30" t="s">
+        <v>785</v>
+      </c>
+      <c r="E305" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F305" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G305" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H305" s="30" t="s">
+        <v>185</v>
+      </c>
+      <c r="I305" s="8" t="s">
+        <v>771</v>
+      </c>
+      <c r="J305" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K305" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L305" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB305" s="19"/>
+    </row>
+    <row r="306" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="30" t="s">
+        <v>777</v>
+      </c>
+      <c r="B306" s="30" t="s">
+        <v>764</v>
+      </c>
+      <c r="C306" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="D306" s="30" t="s">
+        <v>786</v>
+      </c>
+      <c r="E306" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="F306" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G306" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H306" s="30" t="s">
+        <v>185</v>
+      </c>
+      <c r="I306" s="8" t="s">
+        <v>771</v>
+      </c>
+      <c r="J306" s="31">
+        <v>46023</v>
+      </c>
+      <c r="K306" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="L306" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="BB306" s="19"/>
+    </row>
+    <row r="307" spans="1:54" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="11" t="s">
+        <v>511</v>
+      </c>
+      <c r="B307" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C307" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D307" s="11" t="s">
+        <v>565</v>
+      </c>
+      <c r="E307" s="27">
+        <v>0.16589999999999999</v>
+      </c>
+      <c r="F307" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G307" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H307" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I307" s="11" t="s">
+        <v>732</v>
+      </c>
+      <c r="J307" s="22">
+        <v>44621</v>
+      </c>
+      <c r="K307" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L307" s="28" t="s">
+        <v>733</v>
+      </c>
+      <c r="BB307" s="19"/>
+    </row>
+    <row r="308" spans="1:54" ht="30" x14ac:dyDescent="0.25">
+      <c r="A308" s="11" t="s">
+        <v>512</v>
+      </c>
+      <c r="B308" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C308" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D308" s="11" t="s">
+        <v>513</v>
+      </c>
+      <c r="E308" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F308" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G308" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="H308" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I308" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="J308" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K308" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L308" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB308" s="19"/>
+    </row>
+    <row r="309" spans="1:54" ht="90" x14ac:dyDescent="0.25">
+      <c r="A309" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B309" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C309" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D309" s="11" t="s">
+        <v>527</v>
+      </c>
+      <c r="E309" s="39">
+        <v>58</v>
+      </c>
+      <c r="F309" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="G309" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H309" s="11" t="s">
+        <v>528</v>
+      </c>
+      <c r="I309" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="J309" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K309" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L309" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB309" s="19"/>
+    </row>
+    <row r="310" spans="1:54" ht="161.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B310" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C310" s="11" t="s">
+        <v>550</v>
+      </c>
+      <c r="D310" s="11" t="s">
+        <v>795</v>
+      </c>
+      <c r="E310" s="39">
+        <v>2.5</v>
+      </c>
+      <c r="F310" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="G310" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H310" s="11" t="s">
+        <v>529</v>
+      </c>
+      <c r="I310" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="J310" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K310" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L310" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB310" s="19"/>
+    </row>
+    <row r="311" spans="1:54" ht="90" x14ac:dyDescent="0.25">
+      <c r="A311" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B311" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C311" s="11" t="s">
+        <v>550</v>
+      </c>
+      <c r="D311" s="11" t="s">
+        <v>530</v>
+      </c>
+      <c r="E311" s="38">
+        <v>0.2802</v>
+      </c>
+      <c r="F311" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="G311" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H311" s="11" t="s">
+        <v>531</v>
+      </c>
+      <c r="I311" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="J311" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K311" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L311" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB311" s="19"/>
+    </row>
+    <row r="312" spans="1:54" ht="154.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B312" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C312" s="11" t="s">
+        <v>550</v>
+      </c>
+      <c r="D312" s="11" t="s">
+        <v>532</v>
+      </c>
+      <c r="E312" s="39">
+        <v>70.86</v>
+      </c>
+      <c r="F312" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="G312" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H312" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="I312" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="J312" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K312" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L312" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB312" s="19"/>
+    </row>
+    <row r="313" spans="1:54" ht="90" x14ac:dyDescent="0.25">
+      <c r="A313" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B313" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C313" s="11" t="s">
+        <v>550</v>
+      </c>
+      <c r="D313" s="11" t="s">
+        <v>796</v>
+      </c>
+      <c r="E313" s="39">
+        <v>35</v>
+      </c>
+      <c r="F313" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="G313" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H313" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="I313" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="J313" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K313" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L313" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB313" s="19"/>
+    </row>
+    <row r="314" spans="1:54" ht="90" x14ac:dyDescent="0.25">
+      <c r="A314" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B314" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C314" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D314" s="11" t="s">
+        <v>698</v>
+      </c>
+      <c r="E314" s="38">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="F314" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G314" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H314" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I314" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="J314" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K314" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L314" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB314" s="19"/>
+    </row>
+    <row r="315" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B315" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C315" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D315" s="11" t="s">
+        <v>699</v>
+      </c>
+      <c r="E315" s="38">
+        <v>0.60780000000000001</v>
+      </c>
+      <c r="F315" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="G315" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H315" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="I315" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="J315" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K315" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L315" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB315" s="19"/>
+    </row>
+    <row r="316" spans="1:54" ht="90" x14ac:dyDescent="0.25">
+      <c r="A316" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B316" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C316" s="11" t="s">
+        <v>550</v>
+      </c>
+      <c r="D316" s="11" t="s">
+        <v>540</v>
+      </c>
+      <c r="E316" s="39">
+        <v>31.33</v>
+      </c>
+      <c r="F316" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="G316" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H316" s="11" t="s">
+        <v>524</v>
+      </c>
+      <c r="I316" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="J316" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K316" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L316" s="23" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB316" s="19"/>
+    </row>
+    <row r="317" spans="1:54" s="44" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="40" t="s">
+        <v>695</v>
+      </c>
+      <c r="B317" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C317" s="40" t="s">
+        <v>550</v>
+      </c>
+      <c r="D317" s="40" t="s">
+        <v>541</v>
+      </c>
+      <c r="E317" s="51">
+        <v>15.76</v>
+      </c>
+      <c r="F317" s="40" t="s">
+        <v>551</v>
+      </c>
+      <c r="G317" s="40" t="s">
+        <v>550</v>
+      </c>
+      <c r="H317" s="40" t="s">
+        <v>27</v>
+      </c>
+      <c r="I317" s="40" t="s">
+        <v>717</v>
+      </c>
+      <c r="J317" s="47">
+        <v>44562</v>
+      </c>
+      <c r="K317" s="41" t="s">
+        <v>557</v>
+      </c>
+      <c r="L317" s="48" t="s">
+        <v>721</v>
+      </c>
+      <c r="M317" s="18"/>
+      <c r="N317" s="18"/>
+      <c r="O317" s="18"/>
+      <c r="P317" s="18"/>
+      <c r="Q317" s="18"/>
+      <c r="R317" s="18"/>
+      <c r="S317" s="18"/>
+      <c r="T317" s="18"/>
+      <c r="U317" s="18"/>
+      <c r="V317" s="18"/>
+      <c r="W317" s="18"/>
+      <c r="X317" s="18"/>
+      <c r="Y317" s="18"/>
+      <c r="Z317" s="18"/>
+      <c r="AA317" s="18"/>
+      <c r="AB317" s="18"/>
+      <c r="AC317" s="18"/>
+      <c r="AD317" s="18"/>
+      <c r="AE317" s="18"/>
+      <c r="AF317" s="18"/>
+      <c r="AG317" s="18"/>
+      <c r="AH317" s="18"/>
+      <c r="AI317" s="18"/>
+      <c r="AJ317" s="18"/>
+      <c r="AK317" s="18"/>
+      <c r="AL317" s="18"/>
+      <c r="AM317" s="18"/>
+      <c r="AN317" s="18"/>
+      <c r="AO317" s="18"/>
+      <c r="AP317" s="18"/>
+      <c r="AQ317" s="18"/>
+      <c r="AR317" s="18"/>
+      <c r="AS317" s="18"/>
+      <c r="AT317" s="18"/>
+      <c r="AU317" s="18"/>
+      <c r="AV317" s="18"/>
+      <c r="AW317" s="18"/>
+      <c r="AX317" s="18"/>
+      <c r="AY317" s="18"/>
+      <c r="AZ317" s="18"/>
+      <c r="BA317" s="18"/>
+    </row>
+    <row r="318" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="40" t="s">
+        <v>695</v>
+      </c>
+      <c r="B318" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C318" s="40" t="s">
+        <v>550</v>
+      </c>
+      <c r="D318" s="40" t="s">
+        <v>539</v>
+      </c>
+      <c r="E318" s="50">
+        <v>0.22339999999999999</v>
+      </c>
+      <c r="F318" s="40" t="s">
+        <v>554</v>
+      </c>
+      <c r="G318" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="H318" s="40" t="s">
+        <v>557</v>
+      </c>
+      <c r="I318" s="40" t="s">
+        <v>717</v>
+      </c>
+      <c r="J318" s="47">
+        <v>44562</v>
+      </c>
+      <c r="K318" s="41" t="s">
+        <v>557</v>
+      </c>
+      <c r="L318" s="48" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB318" s="19"/>
+    </row>
+    <row r="319" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="40" t="s">
+        <v>695</v>
+      </c>
+      <c r="B319" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C319" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="D319" s="40" t="s">
+        <v>642</v>
+      </c>
+      <c r="E319" s="50">
+        <v>0.32357000000000002</v>
+      </c>
+      <c r="F319" s="40" t="s">
+        <v>551</v>
+      </c>
+      <c r="G319" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="H319" s="40" t="s">
+        <v>30</v>
+      </c>
+      <c r="I319" s="40" t="s">
+        <v>717</v>
+      </c>
+      <c r="J319" s="47">
+        <v>44562</v>
+      </c>
+      <c r="K319" s="41" t="s">
+        <v>557</v>
+      </c>
+      <c r="L319" s="48" t="s">
+        <v>721</v>
+      </c>
+      <c r="BB319" s="19"/>
+    </row>
+    <row r="320" spans="1:54" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="40" t="s">
+        <v>695</v>
+      </c>
+      <c r="B320" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C320" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="D320" s="40" t="s">
+        <v>533</v>
+      </c>
+      <c r="E320" s="51">
+        <v>0.18</v>
+      </c>
+      <c r="F320" s="40" t="s">
+        <v>551</v>
+      </c>
+      <c r="G320" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="H320" s="40" t="s">
+        <v>15</v>
+      </c>
+      <c r="I320" s="40" t="s">
+        <v>717</v>
+      </c>
+      <c r="J320" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K320" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L320" s="23" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="40" t="s">
+        <v>695</v>
+      </c>
+      <c r="B321" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C321" s="40" t="s">
+        <v>549</v>
+      </c>
+      <c r="D321" s="40" t="s">
+        <v>690</v>
+      </c>
+      <c r="E321" s="42" t="s">
+        <v>797</v>
+      </c>
+      <c r="F321" s="40" t="s">
+        <v>551</v>
+      </c>
+      <c r="G321" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="H321" s="40" t="s">
+        <v>719</v>
+      </c>
+      <c r="I321" s="40" t="s">
+        <v>718</v>
+      </c>
+      <c r="J321" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K321" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L321" s="23" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="40" t="s">
+        <v>695</v>
+      </c>
+      <c r="B322" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C322" s="40" t="s">
+        <v>549</v>
+      </c>
+      <c r="D322" s="40" t="s">
+        <v>534</v>
+      </c>
+      <c r="E322" s="42" t="s">
+        <v>798</v>
+      </c>
+      <c r="F322" s="40" t="s">
+        <v>551</v>
+      </c>
+      <c r="G322" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="H322" s="40" t="s">
+        <v>535</v>
+      </c>
+      <c r="I322" s="40" t="s">
+        <v>718</v>
+      </c>
+      <c r="J322" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K322" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L322" s="23" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B323" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C323" s="11" t="s">
+        <v>549</v>
+      </c>
+      <c r="D323" s="11" t="s">
+        <v>536</v>
+      </c>
+      <c r="E323" s="27" t="s">
+        <v>798</v>
+      </c>
+      <c r="F323" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="G323" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H323" s="11" t="s">
+        <v>720</v>
+      </c>
+      <c r="I323" s="11" t="s">
+        <v>718</v>
+      </c>
+      <c r="J323" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K323" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L323" s="23" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="324" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="B324" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C324" s="11" t="s">
+        <v>549</v>
+      </c>
+      <c r="D324" s="11" t="s">
+        <v>697</v>
+      </c>
+      <c r="E324" s="38" t="s">
+        <v>700</v>
+      </c>
+      <c r="F324" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="G324" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H324" s="11" t="s">
+        <v>704</v>
+      </c>
+      <c r="I324" s="11" t="s">
+        <v>718</v>
+      </c>
+      <c r="J324" s="22">
+        <v>44562</v>
+      </c>
+      <c r="K324" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="L324" s="23" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="40" t="s">
+        <v>695</v>
+      </c>
+      <c r="B325" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C325" s="40" t="s">
+        <v>549</v>
+      </c>
+      <c r="D325" s="40" t="s">
         <v>537</v>
       </c>
-      <c r="E305" s="32" t="s">
-[...8 lines deleted...]
-      <c r="H305" s="52" t="s">
+      <c r="E325" s="42" t="s">
+        <v>797</v>
+      </c>
+      <c r="F325" s="40" t="s">
+        <v>551</v>
+      </c>
+      <c r="G325" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="H325" s="40" t="s">
         <v>538</v>
       </c>
-      <c r="I305" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J305" s="26">
+      <c r="I325" s="40" t="s">
+        <v>718</v>
+      </c>
+      <c r="J325" s="47">
         <v>44562</v>
       </c>
-      <c r="K305" s="10" t="s">
+      <c r="K325" s="41" t="s">
         <v>557</v>
       </c>
-      <c r="L305" s="27" t="s">
-[...4 lines deleted...]
-      <c r="A306" s="8" t="s">
+      <c r="L325" s="48" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="326" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="11" t="s">
         <v>514</v>
       </c>
-      <c r="B306" s="8" t="s">
+      <c r="B326" s="11" t="s">
         <v>32</v>
       </c>
-      <c r="C306" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D306" s="8" t="s">
+      <c r="C326" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D326" s="11" t="s">
         <v>515</v>
       </c>
-      <c r="E306" s="32" t="s">
+      <c r="E326" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="F306" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H306" s="8" t="s">
+      <c r="F326" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G326" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H326" s="11" t="s">
         <v>516</v>
       </c>
-      <c r="I306" s="10" t="s">
+      <c r="I326" s="8" t="s">
         <v>556</v>
       </c>
-      <c r="J306" s="8" t="s">
+      <c r="J326" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="K306" s="10" t="s">
+      <c r="K326" s="8" t="s">
         <v>557</v>
       </c>
-      <c r="L306" s="15" t="s">
+      <c r="L326" s="24" t="s">
         <v>547</v>
       </c>
     </row>
-    <row r="307" spans="1:12" ht="31" x14ac:dyDescent="0.35">
-      <c r="A307" s="8" t="s">
+    <row r="327" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="40" t="s">
         <v>517</v>
       </c>
-      <c r="B307" s="8" t="s">
+      <c r="B327" s="40" t="s">
         <v>249</v>
       </c>
-      <c r="C307" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D307" s="8" t="s">
+      <c r="C327" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="D327" s="40" t="s">
         <v>518</v>
       </c>
-      <c r="E307" s="32" t="s">
+      <c r="E327" s="42" t="s">
         <v>14</v>
       </c>
-      <c r="F307" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G307" s="9" t="s">
+      <c r="F327" s="41" t="s">
+        <v>551</v>
+      </c>
+      <c r="G327" s="41" t="s">
         <v>549</v>
       </c>
-      <c r="H307" s="8" t="s">
+      <c r="H327" s="40" t="s">
         <v>557</v>
       </c>
-      <c r="I307" s="10" t="s">
+      <c r="I327" s="41" t="s">
         <v>556</v>
       </c>
-      <c r="J307" s="8" t="s">
+      <c r="J327" s="40" t="s">
         <v>16</v>
       </c>
-      <c r="K307" s="10" t="s">
+      <c r="K327" s="41" t="s">
         <v>557</v>
       </c>
-      <c r="L307" s="28" t="s">
+      <c r="L327" s="49" t="s">
         <v>547</v>
       </c>
     </row>
-    <row r="308" spans="1:12" s="58" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A308" s="17" t="s">
+    <row r="328" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="40" t="s">
         <v>519</v>
       </c>
-      <c r="B308" s="17" t="s">
+      <c r="B328" s="40" t="s">
         <v>249</v>
       </c>
-      <c r="C308" s="18" t="s">
-[...2 lines deleted...]
-      <c r="D308" s="17" t="s">
+      <c r="C328" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="D328" s="40" t="s">
         <v>520</v>
       </c>
-      <c r="E308" s="56" t="s">
+      <c r="E328" s="42" t="s">
         <v>14</v>
       </c>
-      <c r="F308" s="19" t="s">
-[...2 lines deleted...]
-      <c r="G308" s="18" t="s">
+      <c r="F328" s="41" t="s">
+        <v>551</v>
+      </c>
+      <c r="G328" s="41" t="s">
         <v>549</v>
       </c>
-      <c r="H308" s="17" t="s">
+      <c r="H328" s="40" t="s">
         <v>557</v>
       </c>
-      <c r="I308" s="19" t="s">
+      <c r="I328" s="41" t="s">
         <v>556</v>
       </c>
-      <c r="J308" s="17" t="s">
+      <c r="J328" s="40" t="s">
         <v>16</v>
       </c>
-      <c r="K308" s="19" t="s">
+      <c r="K328" s="41" t="s">
         <v>557</v>
       </c>
-      <c r="L308" s="57" t="s">
+      <c r="L328" s="43" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="309" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A309" s="17" t="s">
+    <row r="329" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="40" t="s">
         <v>521</v>
       </c>
-      <c r="B309" s="17" t="s">
+      <c r="B329" s="40" t="s">
         <v>25</v>
       </c>
-      <c r="C309" s="18" t="s">
+      <c r="C329" s="41" t="s">
         <v>549</v>
       </c>
-      <c r="D309" s="17" t="s">
+      <c r="D329" s="40" t="s">
         <v>522</v>
       </c>
-      <c r="E309" s="56" t="s">
+      <c r="E329" s="42" t="s">
         <v>523</v>
       </c>
-      <c r="F309" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H309" s="17" t="s">
+      <c r="F329" s="41" t="s">
+        <v>551</v>
+      </c>
+      <c r="G329" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="H329" s="40" t="s">
         <v>524</v>
       </c>
-      <c r="I309" s="19" t="s">
+      <c r="I329" s="41" t="s">
         <v>556</v>
       </c>
-      <c r="J309" s="17" t="s">
+      <c r="J329" s="40" t="s">
         <v>16</v>
       </c>
-      <c r="K309" s="19" t="s">
+      <c r="K329" s="41" t="s">
         <v>557</v>
       </c>
-      <c r="L309" s="57" t="s">
+      <c r="L329" s="43" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="310" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A310" s="17" t="s">
+    <row r="330" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="40" t="s">
         <v>525</v>
       </c>
-      <c r="B310" s="17" t="s">
+      <c r="B330" s="40" t="s">
         <v>25</v>
       </c>
-      <c r="C310" s="18" t="s">
-[...2 lines deleted...]
-      <c r="D310" s="17" t="s">
+      <c r="C330" s="41" t="s">
+        <v>550</v>
+      </c>
+      <c r="D330" s="40" t="s">
         <v>526</v>
       </c>
-      <c r="E310" s="56" t="s">
+      <c r="E330" s="42" t="s">
         <v>14</v>
       </c>
-      <c r="F310" s="19" t="s">
-[...2 lines deleted...]
-      <c r="G310" s="18" t="s">
+      <c r="F330" s="41" t="s">
+        <v>551</v>
+      </c>
+      <c r="G330" s="41" t="s">
         <v>549</v>
       </c>
-      <c r="H310" s="17" t="s">
+      <c r="H330" s="40" t="s">
         <v>557</v>
       </c>
-      <c r="I310" s="19" t="s">
+      <c r="I330" s="41" t="s">
         <v>556</v>
       </c>
-      <c r="J310" s="17" t="s">
+      <c r="J330" s="40" t="s">
         <v>16</v>
       </c>
-      <c r="K310" s="19" t="s">
+      <c r="K330" s="41" t="s">
         <v>557</v>
       </c>
-      <c r="L310" s="57" t="s">
+      <c r="L330" s="43" t="s">
         <v>17</v>
-      </c>
-[...3 lines deleted...]
-        <v>738</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
   </mergeCells>
-  <phoneticPr fontId="14" type="noConversion"/>
+  <phoneticPr fontId="11" type="noConversion"/>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="44" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;Rmc sup billing</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BB4"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.453125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="36.453125" customWidth="1"/>
+    <col min="1" max="1" width="19.42578125" customWidth="1"/>
+    <col min="2" max="2" width="15.85546875" customWidth="1"/>
+    <col min="3" max="3" width="22.85546875" customWidth="1"/>
+    <col min="4" max="4" width="41.140625" customWidth="1"/>
+    <col min="5" max="5" width="18.85546875" customWidth="1"/>
+    <col min="7" max="7" width="15.42578125" customWidth="1"/>
+    <col min="8" max="8" width="36.42578125" customWidth="1"/>
     <col min="9" max="9" width="37" customWidth="1"/>
-    <col min="10" max="10" width="18.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="12" width="18.1796875" customWidth="1"/>
+    <col min="10" max="10" width="18.42578125" customWidth="1"/>
+    <col min="11" max="11" width="22.5703125" customWidth="1"/>
+    <col min="12" max="12" width="18.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:54" ht="18" x14ac:dyDescent="0.35">
-[...31 lines deleted...]
-    <row r="3" spans="1:54" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:54" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="66" t="s">
+        <v>703</v>
+      </c>
+      <c r="B1" s="66"/>
+      <c r="C1" s="66"/>
+      <c r="D1" s="66"/>
+      <c r="E1" s="66"/>
+      <c r="F1" s="66"/>
+      <c r="G1" s="66"/>
+      <c r="H1" s="66"/>
+      <c r="I1" s="66"/>
+      <c r="J1" s="66"/>
+      <c r="K1" s="66"/>
+      <c r="L1" s="67"/>
+    </row>
+    <row r="2" spans="1:54" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="68" t="s">
+        <v>705</v>
+      </c>
+      <c r="B2" s="69"/>
+      <c r="C2" s="69"/>
+      <c r="D2" s="69"/>
+      <c r="E2" s="69"/>
+      <c r="F2" s="69"/>
+      <c r="G2" s="69"/>
+      <c r="H2" s="69"/>
+      <c r="I2" s="69"/>
+      <c r="J2" s="70"/>
+      <c r="K2" s="70"/>
+      <c r="L2" s="71"/>
+    </row>
+    <row r="3" spans="1:54" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="7" t="s">
         <v>548</v>
       </c>
-      <c r="L3" s="16" t="s">
+      <c r="L3" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="4" spans="1:54" s="22" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="12" t="s">
+    <row r="4" spans="1:54" s="16" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="11" t="s">
         <v>181</v>
       </c>
-      <c r="B4" s="13" t="s">
+      <c r="B4" s="12" t="s">
         <v>120</v>
       </c>
-      <c r="C4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="13" t="s">
+      <c r="C4" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="D4" s="12" t="s">
         <v>182</v>
       </c>
-      <c r="E4" s="14">
+      <c r="E4" s="13">
         <v>4.9800000000000004</v>
       </c>
-      <c r="F4" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H4" s="13" t="s">
+      <c r="F4" s="9" t="s">
+        <v>551</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="H4" s="12" t="s">
         <v>82</v>
       </c>
-      <c r="I4" s="10" t="s">
+      <c r="I4" s="9" t="s">
         <v>556</v>
       </c>
-      <c r="J4" s="11">
+      <c r="J4" s="10">
         <v>44682</v>
       </c>
-      <c r="K4" s="10" t="s">
-[...3 lines deleted...]
-        <v>736</v>
+      <c r="K4" s="9" t="s">
+        <v>727</v>
+      </c>
+      <c r="L4" s="15" t="s">
+        <v>728</v>
       </c>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
@@ -16471,335 +21421,325 @@
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <_dlc_DocId xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef">HFFKTFNTSZSR-1460564009-642</_dlc_DocId>
+    <_dlc_DocId xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef">HFFKTFNTSZSR-1172953884-30220</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef">
-      <Url>https://sp.cammis.medi-cal.ca.gov/sites/DHCS/CA-MMIS/_layouts/15/DocIdRedir.aspx?ID=HFFKTFNTSZSR-1460564009-642</Url>
-      <Description>HFFKTFNTSZSR-1460564009-642</Description>
+      <Url>https://sp.cammis.medi-cal.ca.gov/sites/DHCS/CA-MMIS/_layouts/15/DocIdRedir.aspx?ID=HFFKTFNTSZSR-1172953884-30220</Url>
+      <Description>HFFKTFNTSZSR-1172953884-30220</Description>
     </_dlc_DocIdUrl>
-    <Publication_x0020_Communities xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">
-[...11 lines deleted...]
-    <Procurement xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef" xsi:nil="true"/>
+    <Document_x0020_Comments xmlns="94c75a61-bb3e-4c56-80bc-d22953026855" xsi:nil="true"/>
+    <OIL_x0020_Project_x0020_Name xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">2831</OIL_x0020_Project_x0020_Name>
+    <Document_x0020_Subtype xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef" xsi:nil="true"/>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <Document_x0020_Approval_x0020_Status xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">In Progress</Document_x0020_Approval_x0020_Status>
+    <Project_x0020_Document_x0020_Category xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">Enclosure</Project_x0020_Document_x0020_Category>
+    <Workflow_x0020_History_x0020_Description xmlns="94c75a61-bb3e-4c56-80bc-d22953026855" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6924f438-28b6-4001-8f02-ec9c9e4f0cef" xmlns:ns3="94c75a61-bb3e-4c56-80bc-d22953026855" xmlns:ns4="d4cb0af6-1aad-40a6-a233-54c5cc94deff" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5fd132b9043529a9b5ab295c2684c090" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="OIL Documents" ma:contentTypeID="0x010100225A30758F9E804081701BC7E24F74D00300A40961A4237D9B4ABAC13C11470C314C" ma:contentTypeVersion="25" ma:contentTypeDescription="OIL Documents" ma:contentTypeScope="" ma:versionID="9954aeee8c25db47a13e670c13264df5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="94c75a61-bb3e-4c56-80bc-d22953026855" xmlns:ns3="6924f438-28b6-4001-8f02-ec9c9e4f0cef" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2517478bc62ee90ec397b8ec6c7eef24" ns2:_="" ns3:_="" ns5:_="">
+    <xsd:import namespace="94c75a61-bb3e-4c56-80bc-d22953026855"/>
     <xsd:import namespace="6924f438-28b6-4001-8f02-ec9c9e4f0cef"/>
-    <xsd:import namespace="94c75a61-bb3e-4c56-80bc-d22953026855"/>
-    <xsd:import namespace="d4cb0af6-1aad-40a6-a233-54c5cc94deff"/>
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns3:Month" minOccurs="0"/>
+                <xsd:element ref="ns2:Project_x0020_Document_x0020_Category"/>
+                <xsd:element ref="ns3:Document_x0020_Subtype" minOccurs="0"/>
+                <xsd:element ref="ns2:Document_x0020_Comments" minOccurs="0"/>
+                <xsd:element ref="ns2:Document_x0020_Approval_x0020_Status" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns4:Active" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:Procurement" minOccurs="0"/>
+                <xsd:element ref="ns2:OIL_x0020_Project_x0020_Name" minOccurs="0"/>
+                <xsd:element ref="ns2:OIL_x0020_Project_x0020_Name_x003a_ID" minOccurs="0"/>
+                <xsd:element ref="ns2:Workflow_x0020_History_x0020_Description" minOccurs="0"/>
+                <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="94c75a61-bb3e-4c56-80bc-d22953026855" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Project_x0020_Document_x0020_Category" ma:index="2" ma:displayName="Document Type" ma:description="Document Type" ma:format="Dropdown" ma:internalName="Project_x0020_Document_x0020_Category" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Agenda"/>
+          <xsd:enumeration value="AIA"/>
+          <xsd:enumeration value="Analysis"/>
+          <xsd:enumeration value="ATG (Suspense)"/>
+          <xsd:enumeration value="Change Request"/>
+          <xsd:enumeration value="Charter"/>
+          <xsd:enumeration value="Confidential"/>
+          <xsd:enumeration value="Correspondence"/>
+          <xsd:enumeration value="CPL (Suspense)"/>
+          <xsd:enumeration value="CRF"/>
+          <xsd:enumeration value="Deliverable"/>
+          <xsd:enumeration value="Edit Criteria (Suspense)"/>
+          <xsd:enumeration value="Enclosure"/>
+          <xsd:enumeration value="Guideline"/>
+          <xsd:enumeration value="Invoice"/>
+          <xsd:enumeration value="Letter"/>
+          <xsd:enumeration value="Log"/>
+          <xsd:enumeration value="Manual"/>
+          <xsd:enumeration value="Minutes"/>
+          <xsd:enumeration value="NetOps"/>
+          <xsd:enumeration value="PRP"/>
+          <xsd:enumeration value="Publications Correspondence"/>
+          <xsd:enumeration value="Publications Deliverables"/>
+          <xsd:enumeration value="RACI"/>
+          <xsd:enumeration value="RAIS"/>
+          <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Schedule"/>
+          <xsd:enumeration value="SecOps"/>
+          <xsd:enumeration value="Secured"/>
+          <xsd:enumeration value="Sensitive"/>
+          <xsd:enumeration value="SIA"/>
+          <xsd:enumeration value="SOP"/>
+          <xsd:enumeration value="SPG (Suspense)"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="Test Results"/>
+          <xsd:enumeration value="Training"/>
+          <xsd:enumeration value="Work Materials"/>
+          <xsd:enumeration value="Other"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Document_x0020_Comments" ma:index="4" nillable="true" ma:displayName="Document Comments" ma:internalName="Document_x0020_Comments" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Document_x0020_Approval_x0020_Status" ma:index="6" nillable="true" ma:displayName="Status" ma:default="In Progress" ma:format="Dropdown" ma:hidden="true" ma:internalName="Document_x0020_Approval_x0020_Status" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="In Progress"/>
+          <xsd:enumeration value="Ready for Specialist Review"/>
+          <xsd:enumeration value="Ready for DHCS Review"/>
+          <xsd:enumeration value="Published"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="OIL_x0020_Project_x0020_Name" ma:index="15" nillable="true" ma:displayName="OIL Project Name" ma:hidden="true" ma:list="{8d883d58-8c5a-450a-b79c-acdf5acc1e41}" ma:internalName="OIL_x0020_Project_x0020_Name" ma:readOnly="false" ma:showField="Title" ma:web="94c75a61-bb3e-4c56-80bc-d22953026855">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="OIL_x0020_Project_x0020_Name_x003a_ID" ma:index="16" nillable="true" ma:displayName="OIL Project Name:ID" ma:list="{8d883d58-8c5a-450a-b79c-acdf5acc1e41}" ma:internalName="OIL_x0020_Project_x0020_Name_x003A_ID" ma:readOnly="true" ma:showField="ID" ma:web="94c75a61-bb3e-4c56-80bc-d22953026855">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Workflow_x0020_History_x0020_Description" ma:index="19" nillable="true" ma:displayName="Workflow History Description" ma:description="Workflow History Description" ma:hidden="true" ma:internalName="Workflow_x0020_History_x0020_Description" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6924f438-28b6-4001-8f02-ec9c9e4f0cef" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Document_x0020_Subtype" ma:index="3" nillable="true" ma:displayName="Document Subtype" ma:description="Document Subtype" ma:format="Dropdown" ma:internalName="Document_x0020_Subtype" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="BOPA"/>
+          <xsd:enumeration value="Cost Summary"/>
+          <xsd:enumeration value="CSD"/>
+          <xsd:enumeration value="Diagnosis (DBD-File)"/>
+          <xsd:enumeration value="ETP"/>
+          <xsd:enumeration value="FMPA"/>
+          <xsd:enumeration value="Formulary (DBD-File)"/>
+          <xsd:enumeration value="IMP"/>
+          <xsd:enumeration value="MMIS Tables"/>
+          <xsd:enumeration value="PCMF (DBD-File)"/>
+          <xsd:enumeration value="PIR"/>
+          <xsd:enumeration value="PMF (DBD-File)"/>
+          <xsd:enumeration value="PROCVAL"/>
+          <xsd:enumeration value="Programs (DDS)"/>
+          <xsd:enumeration value="SFD"/>
+          <xsd:enumeration value="TSD"/>
+          <xsd:enumeration value="TST"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Procurement" ma:index="18" nillable="true" ma:displayName="Procurement" ma:description="Used by DHCS to identify files to be included in upcoming procurements." ma:format="Dropdown" ma:hidden="true" ma:internalName="Procurement" ma:readOnly="false">
-[...105 lines deleted...]
-    </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="Publication_x0020_Communities" ma:index="16" nillable="true" ma:displayName="Publication Communities" ma:default="ACU" ma:internalName="Publication_x0020_Communities">
-[...49 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d4cb0af6-1aad-40a6-a233-54c5cc94deff" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Active" ma:index="15" nillable="true" ma:displayName="Active" ma:default="1" ma:internalName="Active">
+    <xsd:element name="IconOverlay" ma:index="22" nillable="true" ma:displayName="IconOverlay" ma:hidden="true" ma:internalName="IconOverlay">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Boolean"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="5" ma:displayName="Content Type" ma:readOnly="true"/>
+        <xsd:element ref="dc:title" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -16844,185 +21784,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C771183D-D522-4391-B6F0-D8BF584DF9C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69BABDE0-83DA-4531-B803-5A0E8708FF74}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{886E6E65-0C14-4F9A-ACD1-261339F9EBCC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="94c75a61-bb3e-4c56-80bc-d22953026855"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="94c75a61-bb3e-4c56-80bc-d22953026855"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="6924f438-28b6-4001-8f02-ec9c9e4f0cef"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="d4cb0af6-1aad-40a6-a233-54c5cc94deff"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{835D8FE6-E4DB-4EEB-B5CF-9B243B7E43D3}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9ED6B2E-EAE7-413A-AECD-866679CF9216}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="94c75a61-bb3e-4c56-80bc-d22953026855"/>
     <ds:schemaRef ds:uri="6924f438-28b6-4001-8f02-ec9c9e4f0cef"/>
-    <ds:schemaRef ds:uri="94c75a61-bb3e-4c56-80bc-d22953026855"/>
-    <ds:schemaRef ds:uri="d4cb0af6-1aad-40a6-a233-54c5cc94deff"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{01c35869-6495-4b3a-952e-bc5e37f13032}" enabled="1" method="Standard" siteId="{c663f89c-ef9b-418f-bd3d-41e46c0ce068}" removed="0"/>
+  <clbl:label id="{34720645-5fdd-4302-8e87-9becee4e5aa1}" enabled="1" method="Standard" siteId="{265c2dcd-2a6e-43aa-b2e8-26421a8c8526}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="7" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Medical Supplies</vt:lpstr>
       <vt:lpstr>Medical Supplies Deletions</vt:lpstr>
+      <vt:lpstr>'Medical Supplies'!ColumnTitleRegion1.A3.L330.1</vt:lpstr>
       <vt:lpstr>'Medical Supplies Deletions'!ColumnTitleRegion2.A3.L4.2</vt:lpstr>
       <vt:lpstr>'Medical Supplies'!Print_Area</vt:lpstr>
       <vt:lpstr>'Medical Supplies Deletions'!Print_Area</vt:lpstr>
       <vt:lpstr>'Medical Supplies'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Medical Supplies Deletions'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CA-MMIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Medical Supplies Billing Codes, Units and Quantity Limits (mc sup billing)</dc:title>
   <dc:creator>Department of Health Care Services (DHCS)</dc:creator>
   <cp:keywords>mcsupbilling</cp:keywords>
   <dc:description>Medical Supplies Excel Conversion (02.09.15) _x000d_
 26 manual sections converted into 7 excel spreadsheets_x000d_
 JT (02.09.15)_x000d_
 JT (04.28.15)_x000d_
 JT (06.26.15)_x000d_
@@ -17038,44 +21930,43 @@
 JT (09.27.17)_x000d_
 HC (03.27.18)_x000d_
 HC (09.26.18)_x000d_
 HC (10.29.18)_x000d_
 BA (05.16.19) April Pharm Pri_x000d_
 AL (11.12.19)_x000d_
 AL (05.13.20)_x000d_
 MM (09.10.20) ADA Compliance Conversion_x000d_
 MM (09.28.20)_x000d_
 HC (10.29.20)_x000d_
 HC (12.09.20)_x000d_
 JT (01.15.21) Expedited non-bulletin cycle_x000d_
 MM (03.29.21)_x000d_
 HC (04.28.21)_x000d_
 MM (08.09.21)_x000d_
 HC (10.11.21)_x000d_
 AL (11.29.21)_x000d_
 HC (12.23.21)_x000d_
 HC (04.08.22)_x000d_
 AL (06.13.22)_x000d_
 AL (10.26.22)_x000d_
 AL (02.28.23)_x000d_
 HC (03.09.23)_x000d_
 AL (04.10.23)_x000d_
 AL (05.12.23)_x000d_
-AL (06.11.25)_x000d_
-AL (10.06.25)</dc:description>
+AL (12.11.25)</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010049B3C77131323C4BA888B19539E2C9DD</vt:lpwstr>
+    <vt:lpwstr>0x010100225A30758F9E804081701BC7E24F74D00300A40961A4237D9B4ABAC13C11470C314C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>4a46bdd3-7a25-49e2-b031-2345828f71df</vt:lpwstr>
+    <vt:lpwstr>bb46e1a9-6f82-4371-9e50-a5e72f55f948</vt:lpwstr>
   </property>
 </Properties>
 </file>