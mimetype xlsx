--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -1,97 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mygainwell-my.sharepoint.com/personal/alunsford_gainwelltechnologies_com/Documents/Pubs Docs/_Refresh/Refresh Pool/08.2024/Batch Files/Part 2/Batch 2/Batch 2/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mygainwell-my.sharepoint.com/personal/alunsford_gainwelltechnologies_com/Documents/Pubs Docs/_Refresh/Refresh Pool/_11.2025/Batch Files/Part 2/Batch 2/Batch 2/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="61" documentId="8_{ADB98AD0-B38A-44B2-8704-3DEC31D62DA1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4FEC3FBD-BF63-4464-9C8B-F491526BF3F2}"/>
+  <xr:revisionPtr revIDLastSave="31" documentId="8_{5825B75E-3269-45A1-BF5C-54801A2CEC3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{21E1E9C8-2036-44E3-90BE-FEF30F73555A}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Incontinence Creams and Washes" sheetId="1" r:id="rId1"/>
     <sheet name="IC&amp;W Deletions" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Incontinence Creams and Washes'!$A$3:$L$54</definedName>
-    <definedName name="ColumnTitleRegion1.A3.L54.1" localSheetId="0">Contracted_Incontinence_Creams_and_Washes[#Headers]</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Incontinence Creams and Washes'!$A$3:$L$60</definedName>
+    <definedName name="ColumnTitleRegion1.A3.L60.1" localSheetId="0">Contracted_Incontinence_Creams_and_Washes[#Headers]</definedName>
     <definedName name="ColumnTitleRegion2.A3.L24.2" localSheetId="1">Contracted_Incontinence_Creams_and_Washes_Deletions[#Headers]</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'IC&amp;W Deletions'!$A$1:$L$24</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Incontinence Creams and Washes'!$A$1:$L$54</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Incontinence Creams and Washes'!$A$1:$L$60</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'IC&amp;W Deletions'!$1:$3</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Incontinence Creams and Washes'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="695" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="749" uniqueCount="208">
   <si>
     <t xml:space="preserve">Medi-Cal Billing Code </t>
   </si>
   <si>
     <t>Product Type</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Product Description</t>
   </si>
   <si>
     <t>Item Number</t>
   </si>
   <si>
     <t>UPN</t>
   </si>
   <si>
     <t>UPN Qualifier</t>
   </si>
   <si>
     <t>UOM</t>
   </si>
   <si>
@@ -675,50 +676,95 @@
     <t>Essentials, Zinc Protectant Paste, 4 oz</t>
   </si>
   <si>
     <t xml:space="preserve">Cream, Zinc Oxide, 4 oz </t>
   </si>
   <si>
     <t xml:space="preserve">Soothe &amp; Cool Moisture Barrier Ointment, 2 oz </t>
   </si>
   <si>
     <t>080196668543</t>
   </si>
   <si>
     <t>080196668420</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t xml:space="preserve"> UK</t>
   </si>
   <si>
     <t>Product Desciption, UPN Qualifier, and UPN Updated</t>
   </si>
   <si>
     <t>00884389103060</t>
+  </si>
+  <si>
+    <t>Secure Personal Care</t>
+  </si>
+  <si>
+    <t>SP1250</t>
+  </si>
+  <si>
+    <t>SP1249</t>
+  </si>
+  <si>
+    <t>Perineal Care Cream Jar</t>
+  </si>
+  <si>
+    <t>PC1</t>
+  </si>
+  <si>
+    <t>Perineal Care Cream Tube</t>
+  </si>
+  <si>
+    <t>PC2</t>
+  </si>
+  <si>
+    <t>Perineal Care Wash</t>
+  </si>
+  <si>
+    <t>PC5</t>
+  </si>
+  <si>
+    <t>Sigma Supply &amp; Distribution</t>
+  </si>
+  <si>
+    <t>Total Dry Incontinence Cream 9.7 oz</t>
+  </si>
+  <si>
+    <t>Total Dry Sensitive Wash 8 oz</t>
+  </si>
+  <si>
+    <t>Total Dry Sensitive Wash, 16 oz</t>
+  </si>
+  <si>
+    <t>SP1251</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.0000"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.0000_);[Red]\(&quot;$&quot;#,##0.0000\)"/>
     <numFmt numFmtId="166" formatCode="000.000"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1153,313 +1199,311 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="0" borderId="8" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="10" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="8" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="10" xfId="10" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="11" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="8" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="11" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="11" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
-[...52 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...91 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="22">
     <cellStyle name="Comma 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Currency 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Currency 3 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 11" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 2 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal 3" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 3 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normal 3 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Normal 4" xfId="13" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Normal 5" xfId="14" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="Normal 5 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="Normal 6" xfId="16" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="Normal 7" xfId="17" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Normal 8" xfId="18" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Normal 8 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Normal 8 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="Normal 9" xfId="21" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -2005,51 +2049,51 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
@@ -2127,52 +2171,57 @@
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Contracted_Incontinence_Creams_and_Washes" displayName="Contracted_Incontinence_Creams_and_Washes" ref="A3:L54" totalsRowShown="0" headerRowDxfId="33" dataDxfId="31" headerRowBorderDxfId="32" tableBorderDxfId="30" totalsRowBorderDxfId="29">
-  <autoFilter ref="A3:L54" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Contracted_Incontinence_Creams_and_Washes" displayName="Contracted_Incontinence_Creams_and_Washes" ref="A3:L60" totalsRowShown="0" headerRowDxfId="33" dataDxfId="31" headerRowBorderDxfId="32" tableBorderDxfId="30" totalsRowBorderDxfId="29">
+  <autoFilter ref="A3:L60" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:L60">
+    <sortCondition ref="A4:A60"/>
+    <sortCondition ref="B4:B60"/>
+    <sortCondition ref="C4:C60"/>
+  </sortState>
   <tableColumns count="12">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Product Type" dataDxfId="28"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Manufacturer" dataDxfId="27"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Product Description" dataDxfId="26"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Item Number" dataDxfId="25"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Medi-Cal Billing Code " dataDxfId="24"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="UPN Qualifier" dataDxfId="23"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="UPN" dataDxfId="22"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="MAC per Unit of Measure (UOM)" dataDxfId="21"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="UOM" dataDxfId="20"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Effective Date of Change" dataDxfId="19"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Description of Change" dataDxfId="18"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="Publication Date" dataDxfId="17"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Contracted_Incontinence_Creams_and_Washes_Deletions" displayName="Contracted_Incontinence_Creams_and_Washes_Deletions" ref="A3:L24" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13" totalsRowBorderDxfId="12">
   <autoFilter ref="A3:L24" xr:uid="{00000000-0009-0000-0100-00000E000000}"/>
   <tableColumns count="12">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Product Type" dataDxfId="11"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Manufacturer" dataDxfId="10"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Product Description" dataDxfId="9"/>
@@ -2466,3046 +2515,3286 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L55"/>
+  <dimension ref="A1:L60"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.6328125" style="44" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="8.6328125" style="44"/>
+    <col min="1" max="1" width="16.5703125" style="44" customWidth="1"/>
+    <col min="2" max="2" width="35.42578125" style="81" customWidth="1"/>
+    <col min="3" max="3" width="48.5703125" style="44" customWidth="1"/>
+    <col min="4" max="5" width="25.5703125" style="44" customWidth="1"/>
+    <col min="6" max="6" width="16.5703125" style="2" customWidth="1"/>
+    <col min="7" max="7" width="21.42578125" style="57" customWidth="1"/>
+    <col min="8" max="8" width="19" style="58" customWidth="1"/>
+    <col min="9" max="9" width="7.5703125" style="2" customWidth="1"/>
+    <col min="10" max="10" width="28.5703125" style="59" customWidth="1"/>
+    <col min="11" max="11" width="25.5703125" style="59" customWidth="1"/>
+    <col min="12" max="12" width="19.5703125" style="60" customWidth="1"/>
+    <col min="13" max="16384" width="8.5703125" style="44"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="17.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="97" t="s">
+    <row r="1" spans="1:12" ht="17.850000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="128" t="s">
         <v>34</v>
       </c>
-      <c r="B1" s="98"/>
-[...12 lines deleted...]
-      <c r="A2" s="100" t="s">
+      <c r="B1" s="129"/>
+      <c r="C1" s="129"/>
+      <c r="D1" s="129"/>
+      <c r="E1" s="129"/>
+      <c r="F1" s="129"/>
+      <c r="G1" s="129"/>
+      <c r="H1" s="129"/>
+      <c r="I1" s="129"/>
+      <c r="J1" s="129"/>
+      <c r="K1" s="129"/>
+      <c r="L1" s="130"/>
+    </row>
+    <row r="2" spans="1:12" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="131" t="s">
         <v>76</v>
       </c>
-      <c r="B2" s="101"/>
-[...11 lines deleted...]
-    <row r="3" spans="1:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="132"/>
+      <c r="C2" s="132"/>
+      <c r="D2" s="132"/>
+      <c r="E2" s="132"/>
+      <c r="F2" s="132"/>
+      <c r="G2" s="132"/>
+      <c r="H2" s="132"/>
+      <c r="I2" s="132"/>
+      <c r="J2" s="132"/>
+      <c r="K2" s="132"/>
+      <c r="L2" s="133"/>
+    </row>
+    <row r="3" spans="1:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="46" t="s">
+      <c r="B3" s="80" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="46" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="46" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="46" t="s">
         <v>0</v>
       </c>
       <c r="F3" s="46" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="47" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="48" t="s">
         <v>40</v>
       </c>
       <c r="I3" s="49" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="50" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="50" t="s">
         <v>80</v>
       </c>
       <c r="L3" s="51" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="31" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="22" t="s">
+      <c r="B4" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="22" t="s">
         <v>18</v>
       </c>
       <c r="D4" s="22">
         <v>15208</v>
       </c>
       <c r="E4" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="F4" s="52" t="s">
+      <c r="F4" s="82" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="23">
         <v>757484152083</v>
       </c>
-      <c r="H4" s="53">
+      <c r="H4" s="83">
         <v>0.02</v>
       </c>
-      <c r="I4" s="52" t="s">
+      <c r="I4" s="82" t="s">
         <v>11</v>
       </c>
       <c r="J4" s="22" t="s">
         <v>41</v>
       </c>
       <c r="K4" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L4" s="37" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="31" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B5" s="22" t="s">
+      <c r="B5" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="54" t="s">
+      <c r="C5" s="84" t="s">
         <v>56</v>
       </c>
       <c r="D5" s="27">
         <v>11409</v>
       </c>
       <c r="E5" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F5" s="55" t="s">
+      <c r="F5" s="85" t="s">
         <v>16</v>
       </c>
-      <c r="G5" s="56">
+      <c r="G5" s="86">
         <v>757484114098</v>
       </c>
-      <c r="H5" s="53">
+      <c r="H5" s="83">
         <v>0.02</v>
       </c>
-      <c r="I5" s="52" t="s">
+      <c r="I5" s="82" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="1">
         <v>42736</v>
       </c>
       <c r="K5" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L5" s="37" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="6" spans="1:12" ht="31" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="22" t="s">
+      <c r="B6" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="C6" s="54" t="s">
+      <c r="C6" s="84" t="s">
         <v>58</v>
       </c>
       <c r="D6" s="27">
         <v>11204</v>
       </c>
       <c r="E6" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F6" s="55" t="s">
+      <c r="F6" s="85" t="s">
         <v>16</v>
       </c>
-      <c r="G6" s="56">
+      <c r="G6" s="86">
         <v>757484112049</v>
       </c>
-      <c r="H6" s="53">
+      <c r="H6" s="83">
         <v>0.02</v>
       </c>
-      <c r="I6" s="52" t="s">
+      <c r="I6" s="82" t="s">
         <v>11</v>
       </c>
       <c r="J6" s="1">
         <v>42736</v>
       </c>
       <c r="K6" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L6" s="37" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="31" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B7" s="22" t="s">
+      <c r="B7" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="C7" s="54" t="s">
+      <c r="C7" s="84" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="27">
         <v>11309</v>
       </c>
       <c r="E7" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="55" t="s">
+      <c r="F7" s="85" t="s">
         <v>16</v>
       </c>
-      <c r="G7" s="56">
+      <c r="G7" s="86">
         <v>757484113091</v>
       </c>
-      <c r="H7" s="53">
+      <c r="H7" s="83">
         <v>0.02</v>
       </c>
-      <c r="I7" s="52" t="s">
+      <c r="I7" s="82" t="s">
         <v>11</v>
       </c>
       <c r="J7" s="1">
         <v>42736</v>
       </c>
       <c r="K7" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L7" s="37" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="31" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:12" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B8" s="22" t="s">
+      <c r="B8" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="57" t="s">
+      <c r="C8" s="87" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="F8" s="52" t="s">
+      <c r="F8" s="82" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="23">
         <v>40612479156423</v>
       </c>
-      <c r="H8" s="53">
+      <c r="H8" s="83">
         <v>0.02</v>
       </c>
-      <c r="I8" s="52" t="s">
+      <c r="I8" s="82" t="s">
         <v>11</v>
       </c>
       <c r="J8" s="22" t="s">
         <v>41</v>
       </c>
       <c r="K8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L8" s="37" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="31" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:12" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B9" s="22" t="s">
+      <c r="B9" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="57" t="s">
+      <c r="C9" s="87" t="s">
         <v>35</v>
       </c>
       <c r="D9" s="22" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="F9" s="52" t="s">
+      <c r="F9" s="82" t="s">
         <v>10</v>
       </c>
       <c r="G9" s="23">
         <v>10612479156415</v>
       </c>
-      <c r="H9" s="53">
+      <c r="H9" s="83">
         <v>0.02</v>
       </c>
-      <c r="I9" s="52" t="s">
+      <c r="I9" s="82" t="s">
         <v>11</v>
       </c>
       <c r="J9" s="22" t="s">
         <v>41</v>
       </c>
       <c r="K9" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L9" s="37" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="10" spans="1:12" s="67" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="58" t="s">
+    <row r="10" spans="1:12" s="54" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="88" t="s">
         <v>32</v>
       </c>
-      <c r="B10" s="59" t="s">
+      <c r="B10" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="60" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="59" t="s">
+      <c r="C10" s="89" t="s">
+        <v>151</v>
+      </c>
+      <c r="D10" s="90" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="F10" s="61" t="s">
+      <c r="F10" s="91" t="s">
         <v>10</v>
       </c>
-      <c r="G10" s="62">
-[...2 lines deleted...]
-      <c r="H10" s="63">
+      <c r="G10" s="92">
+        <v>40080196668404</v>
+      </c>
+      <c r="H10" s="93">
         <v>0.02</v>
       </c>
-      <c r="I10" s="64" t="s">
+      <c r="I10" s="94" t="s">
         <v>11</v>
       </c>
-      <c r="J10" s="65">
+      <c r="J10" s="53">
         <v>43070</v>
       </c>
-      <c r="K10" s="59" t="s">
+      <c r="K10" s="52" t="s">
         <v>182</v>
       </c>
-      <c r="L10" s="66" t="s">
+      <c r="L10" s="95" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="11" spans="1:12" s="67" customFormat="1" ht="31" x14ac:dyDescent="0.35">
-      <c r="A11" s="58" t="s">
+    <row r="11" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A11" s="96" t="s">
         <v>32</v>
       </c>
-      <c r="B11" s="59" t="s">
+      <c r="B11" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="60" t="s">
-[...5 lines deleted...]
-      <c r="E11" s="59" t="s">
+      <c r="C11" s="89" t="s">
+        <v>152</v>
+      </c>
+      <c r="D11" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F11" s="61" t="s">
+      <c r="F11" s="91" t="s">
         <v>10</v>
       </c>
-      <c r="G11" s="68" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="63">
+      <c r="G11" s="97" t="s">
+        <v>138</v>
+      </c>
+      <c r="H11" s="98">
         <v>0.02</v>
       </c>
-      <c r="I11" s="64" t="s">
+      <c r="I11" s="94" t="s">
         <v>11</v>
       </c>
-      <c r="J11" s="69">
+      <c r="J11" s="99">
         <v>45536</v>
       </c>
-      <c r="K11" s="59" t="s">
+      <c r="K11" s="52" t="s">
         <v>183</v>
       </c>
-      <c r="L11" s="66" t="s">
+      <c r="L11" s="95" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="12" spans="1:12" s="67" customFormat="1" ht="31" x14ac:dyDescent="0.35">
-      <c r="A12" s="70" t="s">
+    <row r="12" spans="1:12" s="54" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+      <c r="A12" s="88" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="59" t="s">
+      <c r="B12" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="60" t="s">
+      <c r="C12" s="89" t="s">
+        <v>153</v>
+      </c>
+      <c r="D12" s="90" t="s">
+        <v>25</v>
+      </c>
+      <c r="E12" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="94" t="s">
+        <v>190</v>
+      </c>
+      <c r="G12" s="100">
+        <v>40080196668428</v>
+      </c>
+      <c r="H12" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I12" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J12" s="53">
+        <v>43070</v>
+      </c>
+      <c r="K12" s="52" t="s">
+        <v>191</v>
+      </c>
+      <c r="L12" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A13" s="96" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="89" t="s">
         <v>156</v>
       </c>
-      <c r="D12" s="27" t="s">
+      <c r="D13" s="27" t="s">
         <v>64</v>
-      </c>
-[...36 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E13" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F13" s="61" t="s">
+      <c r="F13" s="101" t="s">
         <v>10</v>
       </c>
-      <c r="G13" s="71">
-[...2 lines deleted...]
-      <c r="H13" s="63">
+      <c r="G13" s="102">
+        <v>40884389182735</v>
+      </c>
+      <c r="H13" s="98">
         <v>0.02</v>
       </c>
-      <c r="I13" s="64" t="s">
+      <c r="I13" s="94" t="s">
         <v>11</v>
       </c>
-      <c r="J13" s="69">
-[...5 lines deleted...]
-      <c r="L13" s="66" t="s">
+      <c r="J13" s="99">
+        <v>43070</v>
+      </c>
+      <c r="K13" s="52" t="s">
+        <v>182</v>
+      </c>
+      <c r="L13" s="95" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="14" spans="1:12" s="67" customFormat="1" ht="31" x14ac:dyDescent="0.35">
-      <c r="A14" s="70" t="s">
+    <row r="14" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A14" s="96" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="59" t="s">
+      <c r="B14" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="C14" s="60" t="s">
-        <v>152</v>
+      <c r="C14" s="89" t="s">
+        <v>157</v>
       </c>
       <c r="D14" s="27" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E14" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F14" s="61" t="s">
+      <c r="F14" s="91" t="s">
         <v>10</v>
       </c>
-      <c r="G14" s="72" t="s">
-[...2 lines deleted...]
-      <c r="H14" s="63">
+      <c r="G14" s="103">
+        <v>884389182737</v>
+      </c>
+      <c r="H14" s="98">
         <v>0.02</v>
       </c>
-      <c r="I14" s="64" t="s">
+      <c r="I14" s="94" t="s">
         <v>11</v>
       </c>
-      <c r="J14" s="69">
+      <c r="J14" s="99">
         <v>45536</v>
       </c>
-      <c r="K14" s="59" t="s">
+      <c r="K14" s="52" t="s">
         <v>183</v>
       </c>
-      <c r="L14" s="66" t="s">
+      <c r="L14" s="95" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="15" spans="1:12" s="67" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
-      <c r="A15" s="58" t="s">
+    <row r="15" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A15" s="88" t="s">
         <v>32</v>
       </c>
-      <c r="B15" s="59" t="s">
+      <c r="B15" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15" s="89" t="s">
+        <v>154</v>
+      </c>
+      <c r="D15" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" s="100">
+        <v>40080196668541</v>
+      </c>
+      <c r="H15" s="98">
+        <v>0.02</v>
+      </c>
+      <c r="I15" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J15" s="53">
+        <v>43070</v>
+      </c>
+      <c r="K15" s="52" t="s">
+        <v>182</v>
+      </c>
+      <c r="L15" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A16" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16" s="89" t="s">
+        <v>155</v>
+      </c>
+      <c r="D16" s="52" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F16" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" s="104" t="s">
+        <v>139</v>
+      </c>
+      <c r="H16" s="98">
+        <v>0.02</v>
+      </c>
+      <c r="I16" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J16" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K16" s="52" t="s">
+        <v>183</v>
+      </c>
+      <c r="L16" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17" s="89" t="s">
+        <v>162</v>
+      </c>
+      <c r="D17" s="90" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F17" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" s="100">
+        <v>40884389111452</v>
+      </c>
+      <c r="H17" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I17" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J17" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K17" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L17" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18" s="89" t="s">
+        <v>163</v>
+      </c>
+      <c r="D18" s="90" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" s="105" t="s">
+        <v>141</v>
+      </c>
+      <c r="H18" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I18" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J18" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K18" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L18" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B19" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="89" t="s">
+        <v>166</v>
+      </c>
+      <c r="D19" s="90" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F19" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" s="100">
+        <v>40884389111469</v>
+      </c>
+      <c r="H19" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I19" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J19" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K19" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L19" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="32.85" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="89" t="s">
+        <v>167</v>
+      </c>
+      <c r="D20" s="90" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F20" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" s="105" t="s">
+        <v>143</v>
+      </c>
+      <c r="H20" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I20" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J20" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K20" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L20" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" s="89" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="90" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F21" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" s="100">
+        <v>40080196572831</v>
+      </c>
+      <c r="H21" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I21" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J21" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K21" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L21" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="89" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" s="90" t="s">
+        <v>121</v>
+      </c>
+      <c r="E22" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F22" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" s="105" t="s">
+        <v>142</v>
+      </c>
+      <c r="H22" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I22" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J22" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K22" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L22" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="30" x14ac:dyDescent="0.2">
+      <c r="A23" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B23" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C23" s="89" t="s">
+        <v>168</v>
+      </c>
+      <c r="D23" s="90" t="s">
+        <v>124</v>
+      </c>
+      <c r="E23" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F23" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G23" s="100">
+        <v>40080196518730</v>
+      </c>
+      <c r="H23" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I23" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J23" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K23" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L23" s="95" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="30" x14ac:dyDescent="0.2">
+      <c r="A24" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="B24" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" s="89" t="s">
+        <v>169</v>
+      </c>
+      <c r="D24" s="90" t="s">
+        <v>125</v>
+      </c>
+      <c r="E24" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" s="105" t="s">
+        <v>144</v>
+      </c>
+      <c r="H24" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I24" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J24" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K24" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L24" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="30" x14ac:dyDescent="0.2">
+      <c r="A25" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25" s="89" t="s">
+        <v>175</v>
+      </c>
+      <c r="D25" s="90" t="s">
+        <v>131</v>
+      </c>
+      <c r="E25" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G25" s="105" t="s">
+        <v>147</v>
+      </c>
+      <c r="H25" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I25" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J25" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K25" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L25" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="30" x14ac:dyDescent="0.2">
+      <c r="A26" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="B26" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="89" t="s">
+        <v>174</v>
+      </c>
+      <c r="D26" s="90" t="s">
+        <v>130</v>
+      </c>
+      <c r="E26" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F26" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G26" s="100">
+        <v>40884389111179</v>
+      </c>
+      <c r="H26" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I26" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J26" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K26" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L26" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A27" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B27" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C27" s="89" t="s">
+        <v>176</v>
+      </c>
+      <c r="D27" s="90" t="s">
+        <v>132</v>
+      </c>
+      <c r="E27" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F27" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G27" s="100">
+        <v>40884389111162</v>
+      </c>
+      <c r="H27" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I27" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J27" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K27" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L27" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A28" s="107" t="s">
+        <v>32</v>
+      </c>
+      <c r="B28" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C28" s="108" t="s">
+        <v>177</v>
+      </c>
+      <c r="D28" s="90" t="s">
+        <v>133</v>
+      </c>
+      <c r="E28" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F28" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" s="105" t="s">
+        <v>148</v>
+      </c>
+      <c r="H28" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I28" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J28" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K28" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L28" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A29" s="107" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C29" s="89" t="s">
+        <v>178</v>
+      </c>
+      <c r="D29" s="90" t="s">
+        <v>134</v>
+      </c>
+      <c r="E29" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F29" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" s="100">
+        <v>10888277656260</v>
+      </c>
+      <c r="H29" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I29" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J29" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K29" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L29" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A30" s="107" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C30" s="89" t="s">
+        <v>179</v>
+      </c>
+      <c r="D30" s="90" t="s">
+        <v>135</v>
+      </c>
+      <c r="E30" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F30" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G30" s="105" t="s">
+        <v>149</v>
+      </c>
+      <c r="H30" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I30" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J30" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K30" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L30" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A31" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31" s="89" t="s">
+        <v>180</v>
+      </c>
+      <c r="D31" s="90" t="s">
+        <v>136</v>
+      </c>
+      <c r="E31" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G31" s="100">
+        <v>10888277656277</v>
+      </c>
+      <c r="H31" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I31" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J31" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K31" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L31" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A32" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32" s="89" t="s">
+        <v>181</v>
+      </c>
+      <c r="D32" s="90" t="s">
+        <v>137</v>
+      </c>
+      <c r="E32" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G32" s="105" t="s">
+        <v>150</v>
+      </c>
+      <c r="H32" s="93">
+        <v>0.02</v>
+      </c>
+      <c r="I32" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="J32" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K32" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L32" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="B33" s="20" t="s">
+        <v>193</v>
+      </c>
+      <c r="C33" s="111" t="s">
+        <v>203</v>
+      </c>
+      <c r="D33" s="112" t="s">
+        <v>194</v>
+      </c>
+      <c r="E33" s="112" t="s">
+        <v>9</v>
+      </c>
+      <c r="F33" s="82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G33" s="23">
+        <v>895265000000</v>
+      </c>
+      <c r="H33" s="113">
+        <v>0.02</v>
+      </c>
+      <c r="I33" s="82" t="s">
+        <v>11</v>
+      </c>
+      <c r="J33" s="123">
+        <v>46023</v>
+      </c>
+      <c r="K33" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L33" s="127" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="20" t="s">
+        <v>202</v>
+      </c>
+      <c r="C34" s="111" t="s">
+        <v>196</v>
+      </c>
+      <c r="D34" s="112" t="s">
+        <v>197</v>
+      </c>
+      <c r="E34" s="112" t="s">
+        <v>9</v>
+      </c>
+      <c r="F34" s="82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G34" s="23">
+        <v>819992000000</v>
+      </c>
+      <c r="H34" s="113">
+        <v>0.02</v>
+      </c>
+      <c r="I34" s="82" t="s">
+        <v>11</v>
+      </c>
+      <c r="J34" s="123">
+        <v>46023</v>
+      </c>
+      <c r="K34" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L34" s="127" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="B35" s="20" t="s">
+        <v>202</v>
+      </c>
+      <c r="C35" s="111" t="s">
+        <v>198</v>
+      </c>
+      <c r="D35" s="112" t="s">
+        <v>199</v>
+      </c>
+      <c r="E35" s="112" t="s">
+        <v>9</v>
+      </c>
+      <c r="F35" s="82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G35" s="23">
+        <v>819992000000</v>
+      </c>
+      <c r="H35" s="113">
+        <v>0.02</v>
+      </c>
+      <c r="I35" s="82" t="s">
+        <v>11</v>
+      </c>
+      <c r="J35" s="123">
+        <v>46023</v>
+      </c>
+      <c r="K35" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L35" s="127" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="54" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A36" s="107" t="s">
+        <v>32</v>
+      </c>
+      <c r="B36" s="28" t="s">
         <v>101</v>
       </c>
-      <c r="C15" s="59" t="s">
+      <c r="C36" s="52" t="s">
         <v>88</v>
       </c>
-      <c r="D15" s="27" t="s">
+      <c r="D36" s="27" t="s">
         <v>89</v>
       </c>
-      <c r="E15" s="27" t="s">
+      <c r="E36" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F15" s="73" t="s">
+      <c r="F36" s="122" t="s">
         <v>10</v>
       </c>
-      <c r="G15" s="74" t="s">
+      <c r="G36" s="106" t="s">
         <v>97</v>
       </c>
-      <c r="H15" s="75">
+      <c r="H36" s="114">
         <v>0.02</v>
       </c>
-      <c r="I15" s="64" t="s">
+      <c r="I36" s="94" t="s">
         <v>11</v>
       </c>
-      <c r="J15" s="65">
+      <c r="J36" s="53">
         <v>44927</v>
       </c>
-      <c r="K15" s="59" t="s">
+      <c r="K36" s="52" t="s">
         <v>100</v>
       </c>
-      <c r="L15" s="66" t="s">
+      <c r="L36" s="106" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="16" spans="1:12" s="67" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
-      <c r="A16" s="58" t="s">
+    <row r="37" spans="1:12" s="54" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A37" s="107" t="s">
         <v>32</v>
       </c>
-      <c r="B16" s="59" t="s">
+      <c r="B37" s="28" t="s">
         <v>101</v>
       </c>
-      <c r="C16" s="59" t="s">
+      <c r="C37" s="52" t="s">
         <v>86</v>
       </c>
-      <c r="D16" s="27" t="s">
+      <c r="D37" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="E16" s="27" t="s">
+      <c r="E37" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F16" s="73" t="s">
+      <c r="F37" s="122" t="s">
         <v>10</v>
       </c>
-      <c r="G16" s="74" t="s">
+      <c r="G37" s="106" t="s">
         <v>96</v>
       </c>
-      <c r="H16" s="75">
+      <c r="H37" s="114">
         <v>0.02</v>
       </c>
-      <c r="I16" s="64" t="s">
+      <c r="I37" s="94" t="s">
         <v>11</v>
       </c>
-      <c r="J16" s="65">
+      <c r="J37" s="53">
         <v>44927</v>
       </c>
-      <c r="K16" s="59" t="s">
+      <c r="K37" s="52" t="s">
         <v>100</v>
       </c>
-      <c r="L16" s="66" t="s">
+      <c r="L37" s="106" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="17" spans="1:12" s="67" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
-      <c r="A17" s="58" t="s">
+    <row r="38" spans="1:12" s="54" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="107" t="s">
         <v>32</v>
       </c>
-      <c r="B17" s="59" t="s">
+      <c r="B38" s="28" t="s">
         <v>101</v>
       </c>
-      <c r="C17" s="59" t="s">
+      <c r="C38" s="52" t="s">
         <v>84</v>
       </c>
-      <c r="D17" s="27" t="s">
+      <c r="D38" s="27" t="s">
         <v>85</v>
       </c>
-      <c r="E17" s="27" t="s">
+      <c r="E38" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F17" s="73" t="s">
+      <c r="F38" s="122" t="s">
         <v>10</v>
       </c>
-      <c r="G17" s="74" t="s">
+      <c r="G38" s="106" t="s">
         <v>95</v>
       </c>
-      <c r="H17" s="75">
+      <c r="H38" s="114">
         <v>0.02</v>
       </c>
-      <c r="I17" s="64" t="s">
+      <c r="I38" s="94" t="s">
         <v>11</v>
       </c>
-      <c r="J17" s="65">
+      <c r="J38" s="53">
         <v>44927</v>
       </c>
-      <c r="K17" s="59" t="s">
+      <c r="K38" s="52" t="s">
         <v>100</v>
       </c>
-      <c r="L17" s="66" t="s">
+      <c r="L38" s="106" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="18" spans="1:12" s="67" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
-      <c r="A18" s="58" t="s">
+    <row r="39" spans="1:12" s="54" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="107" t="s">
         <v>32</v>
       </c>
-      <c r="B18" s="59" t="s">
+      <c r="B39" s="28" t="s">
         <v>101</v>
       </c>
-      <c r="C18" s="59" t="s">
+      <c r="C39" s="52" t="s">
         <v>82</v>
       </c>
-      <c r="D18" s="27" t="s">
+      <c r="D39" s="27" t="s">
         <v>83</v>
       </c>
-      <c r="E18" s="27" t="s">
+      <c r="E39" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="F18" s="73" t="s">
+      <c r="F39" s="122" t="s">
         <v>10</v>
       </c>
-      <c r="G18" s="74" t="s">
+      <c r="G39" s="106" t="s">
         <v>94</v>
       </c>
-      <c r="H18" s="75">
+      <c r="H39" s="114">
         <v>0.02</v>
       </c>
-      <c r="I18" s="64" t="s">
+      <c r="I39" s="94" t="s">
         <v>11</v>
       </c>
-      <c r="J18" s="65">
+      <c r="J39" s="53">
         <v>44927</v>
       </c>
-      <c r="K18" s="59" t="s">
+      <c r="K39" s="52" t="s">
         <v>100</v>
       </c>
-      <c r="L18" s="66" t="s">
+      <c r="L39" s="106" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="19" spans="1:12" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="34" t="s">
+    <row r="40" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="B19" s="22" t="s">
+      <c r="B40" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="C19" s="22" t="s">
+      <c r="C40" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="D19" s="22">
+      <c r="D40" s="22">
         <v>15108</v>
       </c>
-      <c r="E19" s="22" t="s">
+      <c r="E40" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="F19" s="52" t="s">
+      <c r="F40" s="82" t="s">
         <v>16</v>
       </c>
-      <c r="G19" s="23">
+      <c r="G40" s="23">
         <v>757484151086</v>
       </c>
-      <c r="H19" s="76">
+      <c r="H40" s="115">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I19" s="52" t="s">
+      <c r="I40" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="J19" s="22" t="s">
+      <c r="J40" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="K19" s="22" t="s">
+      <c r="K40" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="L19" s="37" t="s">
+      <c r="L40" s="39" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="20" spans="1:12" ht="32.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="34" t="s">
+    <row r="41" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="B20" s="22" t="s">
+      <c r="B41" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="C20" s="22" t="s">
+      <c r="C41" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="D20" s="22">
+      <c r="D41" s="22">
         <v>15116</v>
       </c>
-      <c r="E20" s="22" t="s">
+      <c r="E41" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="F20" s="52" t="s">
+      <c r="F41" s="82" t="s">
         <v>16</v>
       </c>
-      <c r="G20" s="23">
+      <c r="G41" s="23">
         <v>757484151161</v>
       </c>
-      <c r="H20" s="76">
+      <c r="H41" s="115">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I20" s="52" t="s">
+      <c r="I41" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="J20" s="22" t="s">
+      <c r="J41" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="K20" s="22" t="s">
+      <c r="K41" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="L20" s="37" t="s">
+      <c r="L41" s="39" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="21" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A21" s="10" t="s">
+    <row r="42" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="11" t="s">
+      <c r="B42" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="C21" s="27" t="s">
+      <c r="C42" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="D21" s="27">
+      <c r="D42" s="27">
         <v>11308</v>
       </c>
-      <c r="E21" s="27" t="s">
+      <c r="E42" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="F21" s="55" t="s">
+      <c r="F42" s="85" t="s">
         <v>16</v>
       </c>
-      <c r="G21" s="56">
+      <c r="G42" s="86">
         <v>757484303084</v>
       </c>
-      <c r="H21" s="76">
+      <c r="H42" s="115">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I21" s="52" t="s">
+      <c r="I42" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="J21" s="1">
+      <c r="J42" s="1">
         <v>42736</v>
       </c>
-      <c r="K21" s="22" t="s">
+      <c r="K42" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="L21" s="37" t="s">
+      <c r="L42" s="39" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="22" spans="1:12" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="34" t="s">
+    <row r="43" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="34" t="s">
         <v>33</v>
       </c>
-      <c r="B22" s="22" t="s">
+      <c r="B43" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="C22" s="22" t="s">
+      <c r="C43" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="D22" s="22">
+      <c r="D43" s="22">
         <v>11316</v>
       </c>
-      <c r="E22" s="22" t="s">
+      <c r="E43" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="F22" s="52" t="s">
+      <c r="F43" s="82" t="s">
         <v>16</v>
       </c>
-      <c r="G22" s="23">
+      <c r="G43" s="23">
         <v>757484113169</v>
       </c>
-      <c r="H22" s="76">
+      <c r="H43" s="115">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I22" s="52" t="s">
+      <c r="I43" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="J22" s="22" t="s">
+      <c r="J43" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="K22" s="22" t="s">
+      <c r="K43" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="L22" s="37" t="s">
+      <c r="L43" s="39" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="23" spans="1:12" ht="31" x14ac:dyDescent="0.35">
-      <c r="A23" s="77" t="s">
+    <row r="44" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A44" s="116" t="s">
         <v>33</v>
       </c>
-      <c r="B23" s="22" t="s">
+      <c r="B44" s="20" t="s">
         <v>21</v>
       </c>
-      <c r="C23" s="57" t="s">
+      <c r="C44" s="87" t="s">
         <v>39</v>
       </c>
-      <c r="D23" s="57" t="s">
+      <c r="D44" s="87" t="s">
         <v>38</v>
       </c>
-      <c r="E23" s="57" t="s">
+      <c r="E44" s="117" t="s">
         <v>13</v>
       </c>
-      <c r="F23" s="52" t="s">
+      <c r="F44" s="82" t="s">
         <v>10</v>
       </c>
-      <c r="G23" s="23">
+      <c r="G44" s="23">
         <v>40612479191882</v>
       </c>
-      <c r="H23" s="76">
+      <c r="H44" s="115">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I23" s="52" t="s">
+      <c r="I44" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="J23" s="22" t="s">
+      <c r="J44" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="K23" s="22" t="s">
+      <c r="K44" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="L23" s="37" t="s">
+      <c r="L44" s="39" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="24" spans="1:12" ht="31" x14ac:dyDescent="0.35">
-      <c r="A24" s="57" t="s">
+    <row r="45" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A45" s="116" t="s">
         <v>33</v>
       </c>
-      <c r="B24" s="22" t="s">
+      <c r="B45" s="20" t="s">
         <v>21</v>
       </c>
-      <c r="C24" s="57" t="s">
+      <c r="C45" s="87" t="s">
         <v>37</v>
       </c>
-      <c r="D24" s="57" t="s">
+      <c r="D45" s="87" t="s">
         <v>38</v>
       </c>
-      <c r="E24" s="57" t="s">
+      <c r="E45" s="117" t="s">
         <v>13</v>
       </c>
-      <c r="F24" s="52" t="s">
+      <c r="F45" s="82" t="s">
         <v>10</v>
       </c>
-      <c r="G24" s="23">
+      <c r="G45" s="23">
         <v>10612479191874</v>
       </c>
-      <c r="H24" s="76">
+      <c r="H45" s="115">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I24" s="52" t="s">
+      <c r="I45" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="J24" s="22" t="s">
+      <c r="J45" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="K24" s="22" t="s">
+      <c r="K45" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="L24" s="78" t="s">
+      <c r="L45" s="39" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A25" s="11" t="s">
+    <row r="46" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B25" s="22" t="s">
+      <c r="B46" s="20" t="s">
         <v>21</v>
       </c>
-      <c r="C25" s="14" t="s">
+      <c r="C46" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="D25" s="79" t="s">
+      <c r="D46" s="118" t="s">
         <v>51</v>
       </c>
-      <c r="E25" s="79" t="s">
+      <c r="E46" s="119" t="s">
         <v>13</v>
       </c>
-      <c r="F25" s="80" t="s">
+      <c r="F46" s="125" t="s">
         <v>10</v>
       </c>
-      <c r="G25" s="81">
+      <c r="G46" s="126">
         <v>10612479191973</v>
       </c>
-      <c r="H25" s="76">
+      <c r="H46" s="115">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I25" s="52" t="s">
+      <c r="I46" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="J25" s="1">
+      <c r="J46" s="1">
         <v>42736</v>
       </c>
-      <c r="K25" s="22" t="s">
+      <c r="K46" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="L25" s="78" t="s">
+      <c r="L46" s="39" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A26" s="11" t="s">
+    <row r="47" spans="1:12" s="54" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="B26" s="22" t="s">
+      <c r="B47" s="20" t="s">
         <v>21</v>
       </c>
-      <c r="C26" s="14" t="s">
+      <c r="C47" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="D26" s="79" t="s">
+      <c r="D47" s="118" t="s">
         <v>51</v>
       </c>
-      <c r="E26" s="79" t="s">
+      <c r="E47" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="F26" s="80" t="s">
+      <c r="F47" s="125" t="s">
         <v>10</v>
       </c>
-      <c r="G26" s="81">
+      <c r="G47" s="126">
         <v>40612479191981</v>
       </c>
-      <c r="H26" s="76">
+      <c r="H47" s="115">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I26" s="52" t="s">
+      <c r="I47" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="J26" s="1">
+      <c r="J47" s="1">
         <v>42736</v>
       </c>
-      <c r="K26" s="22" t="s">
+      <c r="K47" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="L26" s="78" t="s">
+      <c r="L47" s="39" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="27" spans="1:12" s="67" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
-      <c r="A27" s="58" t="s">
+    <row r="48" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A48" s="107" t="s">
         <v>33</v>
       </c>
-      <c r="B27" s="59" t="s">
+      <c r="B48" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C48" s="89" t="s">
+        <v>158</v>
+      </c>
+      <c r="D48" s="90" t="s">
+        <v>114</v>
+      </c>
+      <c r="E48" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F48" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G48" s="100">
+        <v>40884389103068</v>
+      </c>
+      <c r="H48" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I48" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J48" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K48" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L48" s="110" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A49" s="107" t="s">
+        <v>33</v>
+      </c>
+      <c r="B49" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C49" s="89" t="s">
+        <v>159</v>
+      </c>
+      <c r="D49" s="90" t="s">
+        <v>115</v>
+      </c>
+      <c r="E49" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G49" s="105" t="s">
+        <v>192</v>
+      </c>
+      <c r="H49" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I49" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J49" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K49" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L49" s="110" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A50" s="107" t="s">
+        <v>33</v>
+      </c>
+      <c r="B50" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50" s="89" t="s">
+        <v>160</v>
+      </c>
+      <c r="D50" s="90" t="s">
+        <v>116</v>
+      </c>
+      <c r="E50" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G50" s="100">
+        <v>40080196757177</v>
+      </c>
+      <c r="H50" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I50" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J50" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K50" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L50" s="110" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A51" s="107" t="s">
+        <v>33</v>
+      </c>
+      <c r="B51" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C51" s="108" t="s">
+        <v>161</v>
+      </c>
+      <c r="D51" s="109" t="s">
+        <v>117</v>
+      </c>
+      <c r="E51" s="55" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G51" s="105" t="s">
+        <v>140</v>
+      </c>
+      <c r="H51" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I51" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J51" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K51" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L51" s="110" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A52" s="107" t="s">
+        <v>33</v>
+      </c>
+      <c r="B52" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52" s="89" t="s">
+        <v>170</v>
+      </c>
+      <c r="D52" s="90" t="s">
+        <v>126</v>
+      </c>
+      <c r="E52" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G52" s="100">
+        <v>20888277701714</v>
+      </c>
+      <c r="H52" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I52" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J52" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K52" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L52" s="110" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A53" s="107" t="s">
+        <v>33</v>
+      </c>
+      <c r="B53" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C53" s="89" t="s">
+        <v>171</v>
+      </c>
+      <c r="D53" s="90" t="s">
+        <v>127</v>
+      </c>
+      <c r="E53" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G53" s="105" t="s">
+        <v>145</v>
+      </c>
+      <c r="H53" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I53" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K53" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L53" s="110" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" s="54" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A54" s="107" t="s">
+        <v>33</v>
+      </c>
+      <c r="B54" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C54" s="89" t="s">
+        <v>172</v>
+      </c>
+      <c r="D54" s="90" t="s">
+        <v>128</v>
+      </c>
+      <c r="E54" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G54" s="100">
+        <v>20888277701721</v>
+      </c>
+      <c r="H54" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I54" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K54" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L54" s="110" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" ht="30" x14ac:dyDescent="0.2">
+      <c r="A55" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="B55" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C55" s="89" t="s">
+        <v>173</v>
+      </c>
+      <c r="D55" s="90" t="s">
+        <v>129</v>
+      </c>
+      <c r="E55" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G55" s="105" t="s">
+        <v>146</v>
+      </c>
+      <c r="H55" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I55" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55" s="53">
+        <v>45536</v>
+      </c>
+      <c r="K55" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L55" s="106" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A56" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>193</v>
+      </c>
+      <c r="C56" s="111" t="s">
+        <v>204</v>
+      </c>
+      <c r="D56" s="112" t="s">
+        <v>195</v>
+      </c>
+      <c r="E56" s="112" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G56" s="23">
+        <v>895265000000</v>
+      </c>
+      <c r="H56" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I56" s="82" t="s">
+        <v>12</v>
+      </c>
+      <c r="J56" s="123">
+        <v>46023</v>
+      </c>
+      <c r="K56" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L56" s="127" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A57" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>193</v>
+      </c>
+      <c r="C57" s="124" t="s">
+        <v>205</v>
+      </c>
+      <c r="D57" s="124" t="s">
+        <v>206</v>
+      </c>
+      <c r="E57" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="120" t="s">
+        <v>16</v>
+      </c>
+      <c r="G57" s="121">
+        <v>850052093662</v>
+      </c>
+      <c r="H57" s="114">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I57" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57" s="123">
+        <v>46023</v>
+      </c>
+      <c r="K57" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L57" s="127" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A58" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="C58" s="111" t="s">
+        <v>200</v>
+      </c>
+      <c r="D58" s="112" t="s">
+        <v>201</v>
+      </c>
+      <c r="E58" s="112" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" s="23">
+        <v>819992000000</v>
+      </c>
+      <c r="H58" s="93">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="I58" s="82" t="s">
+        <v>12</v>
+      </c>
+      <c r="J58" s="123">
+        <v>46023</v>
+      </c>
+      <c r="K58" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="L58" s="127" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A59" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="B59" s="27" t="s">
         <v>101</v>
       </c>
-      <c r="C27" s="59" t="s">
+      <c r="C59" s="52" t="s">
         <v>92</v>
       </c>
-      <c r="D27" s="27" t="s">
+      <c r="D59" s="27" t="s">
         <v>93</v>
       </c>
-      <c r="E27" s="27" t="s">
+      <c r="E59" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="F27" s="73" t="s">
+      <c r="F59" s="122" t="s">
         <v>10</v>
       </c>
-      <c r="G27" s="74" t="s">
+      <c r="G59" s="106" t="s">
         <v>99</v>
       </c>
-      <c r="H27" s="75">
+      <c r="H59" s="114">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I27" s="64" t="s">
+      <c r="I59" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="J27" s="65">
+      <c r="J59" s="53">
         <v>44927</v>
       </c>
-      <c r="K27" s="59" t="s">
+      <c r="K59" s="52" t="s">
         <v>100</v>
       </c>
-      <c r="L27" s="66" t="s">
+      <c r="L59" s="106" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="28" spans="1:12" s="67" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
-      <c r="A28" s="82" t="s">
+    <row r="60" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="52" t="s">
         <v>33</v>
       </c>
-      <c r="B28" s="83" t="s">
+      <c r="B60" s="27" t="s">
         <v>101</v>
       </c>
-      <c r="C28" s="83" t="s">
+      <c r="C60" s="52" t="s">
         <v>90</v>
       </c>
-      <c r="D28" s="28" t="s">
+      <c r="D60" s="27" t="s">
         <v>91</v>
       </c>
-      <c r="E28" s="28" t="s">
+      <c r="E60" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="F28" s="84" t="s">
+      <c r="F60" s="122" t="s">
         <v>10</v>
       </c>
-      <c r="G28" s="85" t="s">
+      <c r="G60" s="106" t="s">
         <v>98</v>
       </c>
-      <c r="H28" s="86">
+      <c r="H60" s="114">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I28" s="61" t="s">
+      <c r="I60" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="J28" s="87">
+      <c r="J60" s="53">
         <v>44927</v>
       </c>
-      <c r="K28" s="83" t="s">
+      <c r="K60" s="52" t="s">
         <v>100</v>
       </c>
-      <c r="L28" s="88" t="s">
+      <c r="L60" s="106" t="s">
         <v>102</v>
       </c>
-    </row>
-[...989 lines deleted...]
-      <c r="L55" s="95"/>
     </row>
   </sheetData>
   <sheetProtection autoFilter="0"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A1:L2">
     <sortCondition ref="A1:A2"/>
     <sortCondition ref="B1:B2"/>
     <sortCondition ref="C1:C2"/>
     <sortCondition ref="D1:D2"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
   </mergeCells>
   <phoneticPr fontId="14" type="noConversion"/>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.5" footer="0.3"/>
-  <pageSetup paperSize="5" scale="57" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="5" scale="55" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;Rincont cr list    </oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.6328125" style="35" customWidth="1"/>
+    <col min="1" max="1" width="16.5703125" style="35" customWidth="1"/>
     <col min="2" max="2" width="26" style="35" customWidth="1"/>
-    <col min="3" max="3" width="48.54296875" style="35" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="16" max="16384" width="8.90625" style="35"/>
+    <col min="3" max="3" width="48.5703125" style="35" customWidth="1"/>
+    <col min="4" max="4" width="25.85546875" style="35" customWidth="1"/>
+    <col min="5" max="5" width="25.5703125" style="35" customWidth="1"/>
+    <col min="6" max="6" width="16.5703125" style="35" customWidth="1"/>
+    <col min="7" max="7" width="21.42578125" style="35" customWidth="1"/>
+    <col min="8" max="8" width="35.42578125" style="35" customWidth="1"/>
+    <col min="9" max="9" width="7.5703125" style="35" customWidth="1"/>
+    <col min="10" max="10" width="28.5703125" style="35" customWidth="1"/>
+    <col min="11" max="11" width="25.5703125" style="35" customWidth="1"/>
+    <col min="12" max="12" width="19.5703125" style="35" customWidth="1"/>
+    <col min="13" max="13" width="8.85546875" style="35"/>
+    <col min="14" max="15" width="8.5703125" style="35"/>
+    <col min="16" max="16384" width="8.85546875" style="35"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="103" t="s">
+    <row r="1" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="134" t="s">
         <v>34</v>
       </c>
-      <c r="B1" s="104"/>
-[...12 lines deleted...]
-      <c r="A2" s="106" t="s">
+      <c r="B1" s="135"/>
+      <c r="C1" s="135"/>
+      <c r="D1" s="135"/>
+      <c r="E1" s="135"/>
+      <c r="F1" s="135"/>
+      <c r="G1" s="135"/>
+      <c r="H1" s="135"/>
+      <c r="I1" s="135"/>
+      <c r="J1" s="135"/>
+      <c r="K1" s="135"/>
+      <c r="L1" s="136"/>
+    </row>
+    <row r="2" spans="1:12" ht="53.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="137" t="s">
         <v>77</v>
       </c>
-      <c r="B2" s="107"/>
-[...11 lines deleted...]
-    <row r="3" spans="1:12" ht="38.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="138"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="139"/>
+    </row>
+    <row r="3" spans="1:12" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="7" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="7" t="s">
         <v>74</v>
       </c>
       <c r="L3" s="8" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="11" t="s">
         <v>45</v>
       </c>
       <c r="C4" s="11" t="s">
         <v>47</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>49</v>
       </c>
       <c r="E4" s="11" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="27" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="12">
         <v>810946021621</v>
       </c>
       <c r="H4" s="36">
         <v>0.02</v>
       </c>
       <c r="I4" s="22" t="s">
         <v>11</v>
       </c>
       <c r="J4" s="1">
         <v>43922</v>
       </c>
       <c r="K4" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L4" s="37" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>72</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>104</v>
       </c>
       <c r="D5" s="15">
         <v>64430</v>
       </c>
       <c r="E5" s="14" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="16">
         <v>10768702644300</v>
       </c>
       <c r="H5" s="36">
         <v>0.02</v>
       </c>
       <c r="I5" s="22" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="1">
         <v>43922</v>
       </c>
       <c r="K5" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L5" s="37" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="6" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B6" s="13" t="s">
         <v>72</v>
       </c>
       <c r="C6" s="14" t="s">
         <v>105</v>
       </c>
       <c r="D6" s="17">
         <v>64425</v>
       </c>
       <c r="E6" s="14" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="18">
         <v>10768702644256</v>
       </c>
       <c r="H6" s="36">
         <v>0.02</v>
       </c>
       <c r="I6" s="22" t="s">
         <v>11</v>
       </c>
       <c r="J6" s="1">
         <v>43922</v>
       </c>
       <c r="K6" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L6" s="37" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="19" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="20" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="20" t="s">
         <v>46</v>
       </c>
       <c r="D7" s="20" t="s">
         <v>48</v>
       </c>
       <c r="E7" s="20" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="28" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="21">
         <v>810946021614</v>
       </c>
       <c r="H7" s="38">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="I7" s="25" t="s">
         <v>12</v>
       </c>
       <c r="J7" s="9">
         <v>43922</v>
       </c>
       <c r="K7" s="22" t="s">
         <v>75</v>
       </c>
       <c r="L7" s="39" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="34" t="s">
         <v>33</v>
       </c>
       <c r="B8" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="22" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="22">
         <v>324709</v>
       </c>
       <c r="E8" s="22" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="23">
         <v>768455108398</v>
       </c>
       <c r="H8" s="36">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="I8" s="22" t="s">
         <v>12</v>
       </c>
       <c r="J8" s="1">
         <v>44986</v>
       </c>
       <c r="K8" s="22" t="s">
         <v>81</v>
       </c>
       <c r="L8" s="37" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="24" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="25" t="s">
         <v>78</v>
       </c>
       <c r="C9" s="25" t="s">
         <v>79</v>
       </c>
       <c r="D9" s="25">
         <v>64425</v>
       </c>
       <c r="E9" s="25" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G9" s="26">
         <v>10768702644256</v>
       </c>
       <c r="H9" s="38">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="I9" s="25" t="s">
         <v>12</v>
       </c>
       <c r="J9" s="9">
         <v>44986</v>
       </c>
       <c r="K9" s="25" t="s">
         <v>81</v>
       </c>
       <c r="L9" s="39" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A10" s="29" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="11" t="s">
         <v>106</v>
       </c>
       <c r="D10" s="22" t="s">
         <v>60</v>
       </c>
       <c r="E10" s="11" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="22" t="s">
         <v>10</v>
       </c>
       <c r="G10" s="23">
         <v>40888277107428</v>
       </c>
       <c r="H10" s="40">
         <v>0.02</v>
       </c>
       <c r="I10" s="22" t="s">
         <v>11</v>
       </c>
       <c r="J10" s="1">
         <v>45413</v>
       </c>
       <c r="K10" s="22" t="s">
         <v>81</v>
       </c>
       <c r="L10" s="37" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="11" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A11" s="29" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="30" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="11" t="s">
         <v>106</v>
       </c>
       <c r="D11" s="22" t="s">
         <v>61</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="22" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="23">
         <v>888277107420</v>
       </c>
       <c r="H11" s="40">
         <v>0.02</v>
       </c>
       <c r="I11" s="22" t="s">
         <v>11</v>
       </c>
       <c r="J11" s="1">
         <v>45413</v>
       </c>
       <c r="K11" s="22" t="s">
         <v>81</v>
       </c>
       <c r="L11" s="37" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" s="31" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="32" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="20" t="s">
         <v>107</v>
       </c>
       <c r="D12" s="22" t="s">
         <v>62</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="22" t="s">
         <v>10</v>
       </c>
       <c r="G12" s="23">
         <v>40888277108435</v>
       </c>
       <c r="H12" s="40">
         <v>0.02</v>
       </c>
       <c r="I12" s="22" t="s">
         <v>11</v>
       </c>
       <c r="J12" s="1">
         <v>45413</v>
       </c>
       <c r="K12" s="22" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="37" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="13" spans="1:12" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="34" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>108</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>66</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>10</v>
       </c>
       <c r="G13" s="23">
         <v>40884389145389</v>
       </c>
       <c r="H13" s="41">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>12</v>
       </c>
       <c r="J13" s="1">
         <v>45413</v>
       </c>
       <c r="K13" s="22" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="37" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="14" spans="1:12" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="34" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="11" t="s">
         <v>108</v>
       </c>
       <c r="D14" s="22" t="s">
         <v>67</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="22" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="23">
         <v>884389145381</v>
       </c>
       <c r="H14" s="41">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="I14" s="22" t="s">
         <v>12</v>
       </c>
       <c r="J14" s="1">
         <v>45413</v>
       </c>
       <c r="K14" s="22" t="s">
         <v>81</v>
       </c>
       <c r="L14" s="37" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="15" spans="1:12" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="24" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="20" t="s">
         <v>109</v>
       </c>
       <c r="D15" s="25" t="s">
         <v>68</v>
       </c>
       <c r="E15" s="20" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G15" s="26">
         <v>10888277417649</v>
       </c>
       <c r="H15" s="42">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="I15" s="25" t="s">
         <v>12</v>
       </c>
       <c r="J15" s="9">
         <v>45413</v>
       </c>
       <c r="K15" s="22" t="s">
         <v>81</v>
       </c>
       <c r="L15" s="37" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A16" s="34" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="22" t="s">
         <v>112</v>
       </c>
       <c r="D16" s="22" t="s">
         <v>27</v>
       </c>
       <c r="E16" s="22" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="22" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="33" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="36">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="I16" s="22" t="s">
         <v>12</v>
       </c>
       <c r="J16" s="1">
         <v>45413</v>
       </c>
       <c r="K16" s="22" t="s">
         <v>81</v>
       </c>
       <c r="L16" s="37" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="17" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" s="34" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="22" t="s">
         <v>113</v>
       </c>
       <c r="D17" s="22" t="s">
         <v>28</v>
       </c>
       <c r="E17" s="22" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="22" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="33" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="36">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="I17" s="22" t="s">
         <v>12</v>
       </c>
       <c r="J17" s="1">
         <v>45413</v>
       </c>
       <c r="K17" s="22" t="s">
         <v>81</v>
       </c>
       <c r="L17" s="37" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="18" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:12" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>33</v>
       </c>
       <c r="B18" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="25" t="s">
         <v>111</v>
       </c>
       <c r="D18" s="25" t="s">
         <v>71</v>
       </c>
       <c r="E18" s="25" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G18" s="26">
         <v>40080196667995</v>
       </c>
       <c r="H18" s="38">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="I18" s="25" t="s">
         <v>12</v>
       </c>
       <c r="J18" s="9">
         <v>45413</v>
       </c>
       <c r="K18" s="25" t="s">
         <v>81</v>
       </c>
       <c r="L18" s="37" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="19" spans="1:12" s="2" customFormat="1" ht="15.5" hidden="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="109" t="s">
+    <row r="19" spans="1:12" s="2" customFormat="1" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B19" s="110" t="s">
+      <c r="B19" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="C19" s="111" t="s">
+      <c r="C19" s="61" t="s">
         <v>24</v>
       </c>
-      <c r="D19" s="111" t="s">
+      <c r="D19" s="61" t="s">
         <v>25</v>
       </c>
-      <c r="E19" s="111" t="s">
+      <c r="E19" s="61" t="s">
         <v>9</v>
       </c>
-      <c r="F19" s="110" t="s">
+      <c r="F19" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="G19" s="117" t="s">
+      <c r="G19" s="23" t="s">
         <v>44</v>
       </c>
-      <c r="H19" s="120">
+      <c r="H19" s="67">
         <v>0.02</v>
       </c>
-      <c r="I19" s="110" t="s">
+      <c r="I19" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="J19" s="124">
+      <c r="J19" s="71">
         <v>45597</v>
       </c>
-      <c r="K19" s="128" t="s">
+      <c r="K19" s="73" t="s">
         <v>81</v>
       </c>
-      <c r="L19" s="131"/>
-[...2 lines deleted...]
-      <c r="A20" s="109" t="s">
+      <c r="L19" s="37"/>
+    </row>
+    <row r="20" spans="1:12" s="43" customFormat="1" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="110" t="s">
+      <c r="B20" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="C20" s="112" t="s">
+      <c r="C20" s="62" t="s">
         <v>24</v>
       </c>
-      <c r="D20" s="112" t="s">
+      <c r="D20" s="62" t="s">
         <v>25</v>
       </c>
-      <c r="E20" s="112" t="s">
+      <c r="E20" s="62" t="s">
         <v>9</v>
       </c>
-      <c r="F20" s="110" t="s">
+      <c r="F20" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="G20" s="118" t="s">
+      <c r="G20" s="65" t="s">
         <v>188</v>
       </c>
-      <c r="H20" s="121">
+      <c r="H20" s="68">
         <v>0.02</v>
       </c>
-      <c r="I20" s="110" t="s">
+      <c r="I20" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="J20" s="125">
+      <c r="J20" s="72">
         <v>45597</v>
       </c>
-      <c r="K20" s="129" t="s">
+      <c r="K20" s="74" t="s">
         <v>81</v>
       </c>
-      <c r="L20" s="131"/>
-[...2 lines deleted...]
-      <c r="A21" s="109" t="s">
+      <c r="L20" s="37"/>
+    </row>
+    <row r="21" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="34" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="110" t="s">
+      <c r="B21" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="C21" s="113" t="s">
+      <c r="C21" s="28" t="s">
         <v>70</v>
       </c>
-      <c r="D21" s="115" t="s">
+      <c r="D21" s="55" t="s">
         <v>69</v>
       </c>
-      <c r="E21" s="113" t="s">
+      <c r="E21" s="28" t="s">
         <v>13</v>
       </c>
-      <c r="F21" s="110" t="s">
+      <c r="F21" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="G21" s="117">
+      <c r="G21" s="23">
         <v>888277417642</v>
       </c>
-      <c r="H21" s="122">
+      <c r="H21" s="69">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="I21" s="110" t="s">
+      <c r="I21" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="J21" s="126">
+      <c r="J21" s="56">
         <v>45597</v>
       </c>
-      <c r="K21" s="115" t="s">
+      <c r="K21" s="55" t="s">
         <v>81</v>
       </c>
-      <c r="L21" s="131" t="s">
+      <c r="L21" s="37" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="22" spans="1:12" ht="15.5" hidden="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="109" t="s">
+    <row r="22" spans="1:12" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B22" s="110" t="s">
+      <c r="B22" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="C22" s="114" t="s">
+      <c r="C22" s="63" t="s">
         <v>184</v>
       </c>
-      <c r="D22" s="114" t="s">
+      <c r="D22" s="63" t="s">
         <v>53</v>
       </c>
-      <c r="E22" s="114" t="s">
+      <c r="E22" s="63" t="s">
         <v>9</v>
       </c>
-      <c r="F22" s="116" t="s">
+      <c r="F22" s="64" t="s">
         <v>16</v>
       </c>
-      <c r="G22" s="119">
+      <c r="G22" s="66">
         <v>884389182737</v>
       </c>
-      <c r="H22" s="123">
+      <c r="H22" s="70">
         <v>0.02</v>
       </c>
-      <c r="I22" s="110" t="s">
+      <c r="I22" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="J22" s="127">
+      <c r="J22" s="53">
         <v>45597</v>
       </c>
-      <c r="K22" s="130" t="s">
+      <c r="K22" s="52" t="s">
         <v>81</v>
       </c>
-      <c r="L22" s="131" t="s">
+      <c r="L22" s="37" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="23" spans="1:12" ht="15.5" hidden="1" x14ac:dyDescent="0.35">
-      <c r="A23" s="109" t="s">
+    <row r="23" spans="1:12" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="B23" s="110" t="s">
+      <c r="B23" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="C23" s="114" t="s">
+      <c r="C23" s="63" t="s">
         <v>185</v>
       </c>
-      <c r="D23" s="114" t="s">
+      <c r="D23" s="63" t="s">
         <v>26</v>
       </c>
-      <c r="E23" s="114" t="s">
+      <c r="E23" s="63" t="s">
         <v>9</v>
       </c>
-      <c r="F23" s="116" t="s">
+      <c r="F23" s="64" t="s">
         <v>16</v>
       </c>
-      <c r="G23" s="118" t="s">
+      <c r="G23" s="65" t="s">
         <v>187</v>
       </c>
-      <c r="H23" s="123">
+      <c r="H23" s="70">
         <v>0.02</v>
       </c>
-      <c r="I23" s="110" t="s">
+      <c r="I23" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="J23" s="127">
+      <c r="J23" s="53">
         <v>45597</v>
       </c>
-      <c r="K23" s="130" t="s">
+      <c r="K23" s="52" t="s">
         <v>81</v>
       </c>
-      <c r="L23" s="131" t="s">
+      <c r="L23" s="37" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="24" spans="1:12" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="132" t="s">
+    <row r="24" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="B24" s="133" t="s">
+      <c r="B24" s="25" t="s">
         <v>23</v>
       </c>
-      <c r="C24" s="134" t="s">
+      <c r="C24" s="75" t="s">
         <v>186</v>
       </c>
-      <c r="D24" s="135" t="s">
+      <c r="D24" s="76" t="s">
         <v>54</v>
       </c>
-      <c r="E24" s="135" t="s">
+      <c r="E24" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="F24" s="136" t="s">
+      <c r="F24" s="77" t="s">
         <v>10</v>
       </c>
-      <c r="G24" s="137">
+      <c r="G24" s="78">
         <v>40080196668428</v>
       </c>
-      <c r="H24" s="138">
+      <c r="H24" s="79">
         <v>0.02</v>
       </c>
-      <c r="I24" s="133" t="s">
+      <c r="I24" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="J24" s="126">
+      <c r="J24" s="56">
         <v>45597</v>
       </c>
-      <c r="K24" s="115" t="s">
+      <c r="K24" s="55" t="s">
         <v>81</v>
       </c>
-      <c r="L24" s="139" t="s">
+      <c r="L24" s="39" t="s">
         <v>189</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection autoFilter="0"/>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
   </mergeCells>
   <phoneticPr fontId="14" type="noConversion"/>
+  <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="54" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;Rincont cr list</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Document_x0020_Comments xmlns="94c75a61-bb3e-4c56-80bc-d22953026855" xsi:nil="true"/>
+    <OIL_x0020_Project_x0020_Name xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">2766</OIL_x0020_Project_x0020_Name>
+    <Document_x0020_Subtype xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef" xsi:nil="true"/>
+    <Document_x0020_Approval_x0020_Status xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">In Progress</Document_x0020_Approval_x0020_Status>
+    <Project_x0020_Document_x0020_Category xmlns="94c75a61-bb3e-4c56-80bc-d22953026855">Enclosure</Project_x0020_Document_x0020_Category>
+    <_dlc_DocId xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef">HFFKTFNTSZSR-1172953884-29628</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="6924f438-28b6-4001-8f02-ec9c9e4f0cef">
+      <Url>https://sp.cammis.medi-cal.ca.gov/sites/DHCS/CA-MMIS/_layouts/15/DocIdRedir.aspx?ID=HFFKTFNTSZSR-1172953884-29628</Url>
+      <Description>HFFKTFNTSZSR-1172953884-29628</Description>
+    </_dlc_DocIdUrl>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <Workflow_x0020_History_x0020_Description xmlns="94c75a61-bb3e-4c56-80bc-d22953026855" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
@@ -5515,69 +5804,63 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="OIL Documents" ma:contentTypeID="0x010100225A30758F9E804081701BC7E24F74D00300A40961A4237D9B4ABAC13C11470C314C" ma:contentTypeVersion="25" ma:contentTypeDescription="OIL Documents" ma:contentTypeScope="" ma:versionID="9954aeee8c25db47a13e670c13264df5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="94c75a61-bb3e-4c56-80bc-d22953026855" xmlns:ns3="6924f438-28b6-4001-8f02-ec9c9e4f0cef" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2517478bc62ee90ec397b8ec6c7eef24" ns2:_="" ns3:_="" ns5:_="">
     <xsd:import namespace="94c75a61-bb3e-4c56-80bc-d22953026855"/>
     <xsd:import namespace="6924f438-28b6-4001-8f02-ec9c9e4f0cef"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Project_x0020_Document_x0020_Category"/>
                 <xsd:element ref="ns3:Document_x0020_Subtype" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Approval_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:OIL_x0020_Project_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:OIL_x0020_Project_x0020_Name_x003a_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Workflow_x0020_History_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -5820,199 +6103,198 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D37E4B39-4045-4048-9ECA-E1A0CBBC3036}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CEC3591-86F9-4D9E-833E-CF0CA9092B21}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="94c75a61-bb3e-4c56-80bc-d22953026855"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="6924f438-28b6-4001-8f02-ec9c9e4f0cef"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00108C15-5592-4DA9-9733-3B5BA20CF160}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CEC3591-86F9-4D9E-833E-CF0CA9092B21}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D37E4B39-4045-4048-9ECA-E1A0CBBC3036}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{246A0AB5-164B-4069-A0B9-B950CA68E668}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C991AF0E-EA5F-4E50-B30E-0F1D6CB4BCDF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="94c75a61-bb3e-4c56-80bc-d22953026855"/>
     <ds:schemaRef ds:uri="6924f438-28b6-4001-8f02-ec9c9e4f0cef"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{01c35869-6495-4b3a-952e-bc5e37f13032}" enabled="1" method="Standard" siteId="{c663f89c-ef9b-418f-bd3d-41e46c0ce068}" removed="0"/>
+  <clbl:label id="{34720645-5fdd-4302-8e87-9becee4e5aa1}" enabled="1" method="Standard" siteId="{265c2dcd-2a6e-43aa-b2e8-26421a8c8526}" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Incontinence Creams and Washes</vt:lpstr>
       <vt:lpstr>IC&amp;W Deletions</vt:lpstr>
-      <vt:lpstr>'Incontinence Creams and Washes'!ColumnTitleRegion1.A3.L54.1</vt:lpstr>
+      <vt:lpstr>'Incontinence Creams and Washes'!ColumnTitleRegion1.A3.L60.1</vt:lpstr>
       <vt:lpstr>'IC&amp;W Deletions'!ColumnTitleRegion2.A3.L24.2</vt:lpstr>
       <vt:lpstr>'IC&amp;W Deletions'!Print_Area</vt:lpstr>
       <vt:lpstr>'Incontinence Creams and Washes'!Print_Area</vt:lpstr>
       <vt:lpstr>'IC&amp;W Deletions'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Incontinence Creams and Washes'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CA-MMIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>List of Contracted Incontinence Creams and Washes (incont cr list)</dc:title>
+  <dc:title>List of Contracted Incontinence Creams and Washes (incont list)</dc:title>
   <dc:creator>Department of Health Care Services (DHCS)</dc:creator>
   <cp:keywords>incontcrlist</cp:keywords>
   <dc:description>JT (10.01.15) new excel. Incontinence Excel conversion._x000d_
 JT (11.28.16)_x000d_
 JT (07.05.17)_x000d_
 HC (11.10.17)_x000d_
 LSa (11.12.18)_x000d_
 HC (11.26.19)_x000d_
 AL (01.14.20)_x000d_
 AL (05.28.20)_x000d_
 BT (08.03.20) ADA Compliance Conversion_x000d_
 AL (02.24.21)_x000d_
 HC (03.13.23)_x000d_
 AL (04.10.24)_x000d_
-AL (08.12.24)</dc:description>
+AL (08.12.24)_x000d_
+AL (11.12.25)</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Original HP Creator">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Original HP Owner">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Description0">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Livelink ID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Description00">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ContentType">
     <vt:lpwstr>Document</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Original Path">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_dlc_DocId">
     <vt:lpwstr>HFFKTFNTSZSR-1460564009-633</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>3f40ecc2-2726-41c1-8bb8-d749e55433d0</vt:lpwstr>
+    <vt:lpwstr>14956ad2-f773-4e89-8f7b-f22a72fec90c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdUrl">
     <vt:lpwstr>https://sp.cammis.medi-cal.ca.gov/sites/DHCS/CA-MMIS/_layouts/15/DocIdRedir.aspx?ID=HFFKTFNTSZSR-1460564009-633, HFFKTFNTSZSR-1460564009-633</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ContentTypeId">
     <vt:lpwstr>0x010100225A30758F9E804081701BC7E24F74D00300A40961A4237D9B4ABAC13C11470C314C</vt:lpwstr>
   </property>
 </Properties>
 </file>